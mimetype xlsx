--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -1154,56 +1154,56 @@
   <si>
     <t>Национална стратегия за развитие на широколентовия достъп в Република България</t>
   </si>
   <si>
     <t>25-11-2009 - 31-12-2012</t>
   </si>
   <si>
     <t>Национална стратегия за развитие на широколентовия достъп в Република България (2012-2015)</t>
   </si>
   <si>
     <t>19-12-2012 - 31-12-2015</t>
   </si>
   <si>
     <t>Отчет за състоянието и Годишен план за развитието на информационните ресурси в администрацията и информационните ресурси на Единната електронна съобщителна мрежа на държавната администрация и за нуждите на националната сигурност</t>
   </si>
   <si>
     <t>29-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>План за въвеждане на наземно цифрово телевизионно радиоразпръскване (DVB-T) в Република България</t>
   </si>
   <si>
     <t>31-01-2008 - 31-12-2012</t>
   </si>
   <si>
+    <t>13-07-2012 - 31-12-2012</t>
+  </si>
+  <si>
     <t>22-08-2013 - 31-12-2012</t>
   </si>
   <si>
-    <t>13-07-2012 - 31-12-2012</t>
-[...1 lines deleted...]
-  <si>
     <t>Политика в областта на електронните съобщения на Република България</t>
   </si>
   <si>
     <t>29-12-2010 - 31-12-2019</t>
   </si>
   <si>
     <t>Програма за осигуряване на интегрирани пространствени бази данни в Република България.</t>
   </si>
   <si>
     <t>31-01-2008 - 31-12-2022</t>
   </si>
   <si>
     <t>Регулаторна политика за управление на радиочестотния спектър за граждански нужди</t>
   </si>
   <si>
     <t>Комисията за регулиране на съобщенията</t>
   </si>
   <si>
     <t>27-03-2008 - 31-12-2010</t>
   </si>
   <si>
     <t>Стратегия за развитие на радио- и телевизионната дейност чрез наземно радиоразприскване</t>
   </si>
   <si>
     <t>28-09-2005 - 31-12-2008</t>
@@ -2450,54 +2450,54 @@
   <si>
     <t>26-03-2007 - 31-12-2009</t>
   </si>
   <si>
     <t>Програма за спортно развитие на талантливи деца и юноши</t>
   </si>
   <si>
     <t>08-12-2008 - 31-12-2009</t>
   </si>
   <si>
     <t>Визия за нова политика за развитие на българските железници 2008-2013 г.</t>
   </si>
   <si>
     <t>Транспорт</t>
   </si>
   <si>
     <t>02-02-2009 - 31-12-2013</t>
   </si>
   <si>
     <t>Оперативна програма „Транспорт” 2007 – 2013 г.</t>
   </si>
   <si>
     <t>Стратегия за развитие на пътната инфраструктура в Република България 2016 - 2022 г.</t>
   </si>
   <si>
+    <t>18-09-2015 - 31-12-2015</t>
+  </si>
+  <si>
     <t>05-05-2016 - 31-12-2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>18-09-2015 - 31-12-2015</t>
   </si>
   <si>
     <t>Стратегия за развитие на транспортната система на Република България за периода до 2020 г.</t>
   </si>
   <si>
     <t>07-04-2010 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална стратегия за устойчиво развитие на туризма в Република България 2009-2013 г.</t>
   </si>
   <si>
     <t>Туризъм</t>
   </si>
   <si>
     <t>02-04-2009 - 31-12-2013</t>
   </si>
   <si>
     <t>Стратегически план за развитие на културния туризъм</t>
   </si>
   <si>
     <t>14-10-2009 - 31-12-2020</t>
   </si>
   <si>
     <t>Актуализирана средносрочна бюджетна прогноза за периода 2016-2018 г.</t>
   </si>
@@ -6419,51 +6419,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/555" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/493" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/385" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/494" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/443" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/621" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/618" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/386" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/704" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/666" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/562" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/561" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/668" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/382" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/392" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/583" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/449" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/395" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/606" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/393" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/394" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/616" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/675" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/425" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/345" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/634" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/567" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/371" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/372" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/597" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/514" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/474" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/569" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/591" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/427" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/705" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/407" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/389" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/483" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/383" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/600" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/671" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/672" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/615" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/499" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/378" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/492" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/546" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/375" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/506" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/380" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/379" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/547" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/541" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/563" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/497" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/423" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/669" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/373" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/377" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/367" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/359" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/366" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/553" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/374" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/422" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/416" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/362" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/357" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/554" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/421" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/360" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/441" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/473" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/625" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/596" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/551" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/542" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/598" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/853" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/339" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/439" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/350" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/655" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/466" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/488" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/498" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/710" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/584" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/592" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/676" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/552" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/391" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/532" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/525" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/605" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/580" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/528" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/602" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/527" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/579" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/601" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/610" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/529" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/535" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/524" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/599" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/609" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/611" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/536" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/608" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/533" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/530" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/604" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/594" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/405" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/408" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/489" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1419" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/409" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1230" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/786" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/624" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/491" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/402" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/511" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/400" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/403" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/667" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/413" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/558" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/588" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/633" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/626" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/708" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/557" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/556" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/681" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/698" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/703" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/622" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/684" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/431" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/432" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/712" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/656" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/627" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/433" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/628" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/631" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/509" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/632" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/446" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/447" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/417" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/419" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/452" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/418" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/451" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/453" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/450" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/448" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/462" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/559" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/590" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/673" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/545" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/589" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/679" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/578" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/459" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/477" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/496" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/475" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/670" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/434" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/619" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/702" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/623" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/471" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/613" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/460" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/352" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/715" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/576" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/577" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/574" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/573" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/575" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/572" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/508" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/442" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/617" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/543" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/581" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/571" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/470" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/997" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/27" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/51" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/19" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/637" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/52" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/635" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1243" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/458" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/457" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/455" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/638" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/724" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/665" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/840" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/100" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/820" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/101" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/725" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/793" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/104" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/794" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/54" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1270" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/105" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1271" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/106" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/726" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/107" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/727" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/108" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/119" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1012" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1013" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/110" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/111" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1016" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/112" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/113" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/731" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/318" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/732" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/114" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/777" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/70" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/116" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/760" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/696" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/729" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/117" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/664" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/841" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/118" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1249" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/327" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/735" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/93" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/736" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/706" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/739" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/130" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1093" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/737" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/630" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/738" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1096" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1095" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/694" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/678" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1097" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1094" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/700" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/741" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1091" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1092" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/740" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/121" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/131" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/905" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/63" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1164" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/71" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1191" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/277" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1121" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/188" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1036" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/182" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/233" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/174" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1102" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/304" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/34" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1177" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/207" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/221" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/37" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/208" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/152" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1057" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/132" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/315" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/901" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/36" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1179" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/55" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/56" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1216" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/73" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1192" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/134" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/195" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1068" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/94" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/329" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/319" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1159" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/256" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/72" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1193" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/209" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/328" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/215" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/234" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/196" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1069" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/102" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/133" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/257" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1160" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1126" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/135" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1132" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/293" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1109" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1136" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1137" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/142" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1135" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/324" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/294" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1110" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/258" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1161" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/136" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1134" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/154" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1060" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/163" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/826" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/199" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/869" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/137" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1131" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/933" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/934" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/295" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1111" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/200" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1075" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/170" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/175" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1104" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1071" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/201" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/64" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1173" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/79" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/81" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1224" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/144" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/887" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/917" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/38" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/155" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1061" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1080" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/222" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/268" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/269" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/39" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/259" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1162" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/306" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/138" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/896" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/183" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/282" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/156" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/923" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/928" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/911" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/176" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/930" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/177" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1103" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/76" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1195" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/223" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/224" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/153" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/307" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/77" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1183" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/171" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1139" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/65" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/57" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1217" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/139" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1128" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/145" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1138" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/78" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1196" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/95" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/80" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1197" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/248" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/948" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/216" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1140" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/146" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/92" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/308" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/806" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/283" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/808" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/260" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1163" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/225" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1081" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/249" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/82" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1199" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1105" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/178" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/270" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/925" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/924" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/66" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/926" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/809" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/927" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/235" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/103" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/296" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1112" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/49" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/297" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1113" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/184" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/226" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1082" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/217" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/830" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/164" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/855" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/832" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/833" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/829" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/83" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1200" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/84" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1201" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/85" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1203" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/813" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/944" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/264" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/942" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/58" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1225" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/40" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/165" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/236" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/185" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/179" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1106" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1154" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/250" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/237" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/157" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/186" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1267" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/59" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/228" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1083" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/210" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/816" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/314" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1038" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1040" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1041" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/189" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1045" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1046" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1042" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1039" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1047" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1050" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1049" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/251" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1155" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/202" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/938" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/190" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1043" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/238" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/284" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/147" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1141" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/309" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/285" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/158" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1064" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/122" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/322" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/919" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/918" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1072" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/203" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/947" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/166" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/585" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/659" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/167" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/663" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/662" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/658" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/660" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/286" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/86" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1204" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/187" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1320" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1073" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/204" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/271" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/60" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1219" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/310" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/325" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/272" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/298" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1116" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/229" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/818" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/817" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/265" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/300" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1117" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/159" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1065" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/278" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1114" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/279" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/273" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/148" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1142" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/211" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/212" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/218" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/239" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/41" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1184" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/823" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/213" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/87" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1205" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/230" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/240" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/149" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1143" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/123" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/744" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/747" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/280" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/746" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/745" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/231" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/88" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/124" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/140" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/227" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/274" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1133" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/219" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1212" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/252" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1156" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/42" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/197" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/241" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/824" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/48" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1220" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/825" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/242" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/168" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/311" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/125" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/160" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1066" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/261" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1166" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/243" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1207" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/254" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/43" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/61" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1221" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/44" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1186" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/287" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/150" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1144" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/91" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/172" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/198" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1265" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/120" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1174" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/288" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/45" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1187" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/68" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/266" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/913" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/90" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/967" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1170" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/262" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/312" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/301" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1118" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/126" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/244" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/127" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/245" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/289" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/275" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/323" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/151" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1145" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/96" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/214" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1272" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/46" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1188" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/141" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1130" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/128" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1127" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/246" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/267" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/180" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1108" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/191" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1051" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/828" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/290" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/827" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1222" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/192" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1052" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/220" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/653" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/173" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/97" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/69" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1176" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/281" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/836" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/193" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1053" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/47" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1189" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/169" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1101" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/291" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1520" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/292" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/247" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/302" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1119" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/644" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/129" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1152" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/255" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/263" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/74" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/973" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/75" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1209" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/313" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/743" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/232" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/143" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/205" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1070" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/276" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1067" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/161" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/181" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1107" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1120" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/303" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/194" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/206" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1074" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/50" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1190" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/98" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1488" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1353" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1343" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1354" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/555" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/890" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/493" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/979" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/385" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/494" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/879" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/908" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/443" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/778" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/621" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/978" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/769" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/454" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/618" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/386" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/704" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/962" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/666" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/562" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/561" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/854" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/668" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/382" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/392" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1236" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/936" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/583" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/883" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1148" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1408" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/449" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/984" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/395" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/606" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/393" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/394" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1585" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/616" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/675" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/425" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/345" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/634" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/567" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1276" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1273" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1275" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/371" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/773" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/891" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/372" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/597" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/514" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/474" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/569" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/591" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/427" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/714" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/705" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/780" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/766" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/982" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/407" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/389" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/483" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/383" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/600" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/671" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/672" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/615" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/941" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1244" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/499" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/378" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/492" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/546" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/375" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1296" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1233" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/424" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/875" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1317" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/506" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/380" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/379" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1293" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/909" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/754" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1239" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/547" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1240" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/859" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/893" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/507" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/541" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/935" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1232" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/781" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1416" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/437" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/563" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/497" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/423" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/435" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/669" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/939" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1443" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/858" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/373" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/505" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/377" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/367" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/359" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/366" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/553" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1009" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/374" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/873" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/422" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1284" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/416" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/568" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/362" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/357" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1347" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/554" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/421" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/360" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/441" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/473" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1413" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/625" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/596" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/551" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/763" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/759" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/542" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/598" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/853" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/852" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/804" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/888" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/955" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/987" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1245" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1286" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1285" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1318" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1409" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/339" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1257" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/951" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/921" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/439" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/871" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/350" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/709" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/990" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/655" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/466" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1168" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/956" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/488" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/952" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1352" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1596" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1294" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/886" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/894" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1580" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1338" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1169" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/498" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/764" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/922" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/710" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/584" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/771" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/592" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/779" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/867" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/676" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/552" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/391" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/532" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/525" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/981" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/605" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/485" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/580" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/465" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/528" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/602" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/527" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/601" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/579" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/529" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/610" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/535" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/524" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/599" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/464" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/609" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/517" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/611" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/490" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/536" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/608" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/484" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/533" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/530" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/486" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/604" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/487" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/412" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/594" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/405" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/404" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1401" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/937" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/408" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/902" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/878" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/489" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1304" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1351" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1419" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1006" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/789" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1323" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/906" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/868" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/409" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/811" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1230" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/782" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/398" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/713" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/786" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/624" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/946" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/491" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/974" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/402" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1307" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/511" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/414" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/400" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/403" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/667" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/413" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/757" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/558" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/588" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/633" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/626" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/708" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1259" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/749" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/557" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/900" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/556" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/681" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/698" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/850" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/899" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/960" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1227" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1301" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1292" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1326" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1407" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/703" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/797" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1254" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1303" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1283" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/539" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/622" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/907" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/969" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1011" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/758" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/684" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/965" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/428" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1253" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1129" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/431" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/716" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/432" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/975" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/957" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/712" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/718" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1332" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/767" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/656" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/627" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/426" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/910" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/433" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/628" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/895" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/750" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/631" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/429" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/711" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/983" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/768" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/509" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/632" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/440" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/446" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/447" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/770" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/417" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/419" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/452" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/865" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/866" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/864" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/418" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/863" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/451" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/453" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/861" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/862" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/450" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/438" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/898" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/448" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/462" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/856" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/559" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/775" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/774" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/560" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/515" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/590" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1289" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/673" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/720" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/884" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/945" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/545" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/950" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/549" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/589" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/679" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/717" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/885" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/986" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1234" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1287" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1288" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1319" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1403" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/578" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/882" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/755" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/762" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1300" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1235" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/550" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/857" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/903" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/459" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/477" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/931" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/790" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1229" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/496" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1055" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/475" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/670" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/434" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/970" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/784" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/748" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/544" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/619" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/702" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/791" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/623" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/471" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1311" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/613" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/460" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/352" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/963" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/715" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/576" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/577" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/574" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/573" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/575" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/572" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/508" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/442" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/972" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1010" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/617" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/543" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/581" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/985" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1363" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/976" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1334" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/897" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/959" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1008" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1277" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/571" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1414" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1261" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/470" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/997" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/27" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/51" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/19" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/637" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/52" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/635" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1243" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/458" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/457" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/455" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/638" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/724" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/665" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/840" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/100" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/820" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/101" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/725" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/793" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/104" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/794" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/54" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1270" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/105" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1271" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/106" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/726" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/107" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/727" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/108" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/119" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1012" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1013" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/110" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/111" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1016" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/112" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/113" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/731" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/318" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/732" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/114" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/777" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/70" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/116" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/760" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/696" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/729" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/117" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/664" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/841" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/118" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1249" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/327" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/735" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/93" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/736" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/706" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/739" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/130" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1093" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/737" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/630" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/738" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1096" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1095" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/694" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/678" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1097" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1094" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/700" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/741" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1091" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1092" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/740" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/121" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/131" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/905" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/63" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1164" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/71" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1191" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/277" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1121" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/188" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1036" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/182" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/233" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/174" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1102" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/304" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/34" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1177" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/207" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/221" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/37" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/208" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/152" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1057" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/132" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/315" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/901" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/36" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1179" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/55" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/56" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1216" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/73" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1192" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/134" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/195" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1068" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/94" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/329" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/319" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1159" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/256" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/72" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1193" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/209" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/328" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/215" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/234" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/196" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1069" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/102" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/257" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/133" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1160" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1126" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/135" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1132" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/293" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1109" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1136" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1137" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/142" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1135" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/324" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/294" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1110" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/258" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1161" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/136" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1134" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/154" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1060" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/163" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/826" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/199" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/869" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/137" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1131" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/933" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/934" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/295" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1111" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/200" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1075" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/170" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/175" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1104" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1071" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/201" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/64" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1173" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/79" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1194" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/81" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1224" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/144" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/887" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/917" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/38" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/155" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1061" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1080" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/222" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/268" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/269" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/39" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/259" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1162" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/306" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/138" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/896" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/183" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/282" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/156" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/923" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/928" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/911" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/176" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/930" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/177" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1103" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/76" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1195" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/223" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/224" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/153" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/307" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/77" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1183" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/171" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1139" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/65" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/57" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1217" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/139" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1128" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/145" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1138" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/78" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1196" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/95" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/80" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1197" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/248" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/948" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/216" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1140" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/146" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/92" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1198" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/308" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/806" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/283" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/808" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/260" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1163" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/225" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1081" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/249" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/82" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1199" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1105" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/178" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/270" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/925" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/924" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/66" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/926" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/809" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/927" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/235" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/103" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/296" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1112" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/49" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/297" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1113" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/184" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/226" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1082" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/217" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/830" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/164" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/855" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/832" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/833" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/829" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/83" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1200" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/84" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1201" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/85" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1203" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/813" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/944" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/264" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/942" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/58" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1225" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/40" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/165" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/236" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/185" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/179" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1106" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1154" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/250" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/237" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/157" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/186" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1267" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/59" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/228" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1083" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/210" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/816" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/314" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1038" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1040" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1041" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/189" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1045" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1046" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1042" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1039" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1047" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1050" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1049" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/251" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1155" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/202" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/938" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/190" TargetMode="External"/><Relationship Id="rId_hyperlink_873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1043" TargetMode="External"/><Relationship Id="rId_hyperlink_874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/238" TargetMode="External"/><Relationship Id="rId_hyperlink_875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/284" TargetMode="External"/><Relationship Id="rId_hyperlink_876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/147" TargetMode="External"/><Relationship Id="rId_hyperlink_877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1141" TargetMode="External"/><Relationship Id="rId_hyperlink_878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/309" TargetMode="External"/><Relationship Id="rId_hyperlink_879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/285" TargetMode="External"/><Relationship Id="rId_hyperlink_881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/158" TargetMode="External"/><Relationship Id="rId_hyperlink_882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1064" TargetMode="External"/><Relationship Id="rId_hyperlink_883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/122" TargetMode="External"/><Relationship Id="rId_hyperlink_884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/322" TargetMode="External"/><Relationship Id="rId_hyperlink_885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/919" TargetMode="External"/><Relationship Id="rId_hyperlink_886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/918" TargetMode="External"/><Relationship Id="rId_hyperlink_887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1072" TargetMode="External"/><Relationship Id="rId_hyperlink_888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/203" TargetMode="External"/><Relationship Id="rId_hyperlink_889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/947" TargetMode="External"/><Relationship Id="rId_hyperlink_890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/166" TargetMode="External"/><Relationship Id="rId_hyperlink_891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/585" TargetMode="External"/><Relationship Id="rId_hyperlink_892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/659" TargetMode="External"/><Relationship Id="rId_hyperlink_894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/167" TargetMode="External"/><Relationship Id="rId_hyperlink_895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/663" TargetMode="External"/><Relationship Id="rId_hyperlink_897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/662" TargetMode="External"/><Relationship Id="rId_hyperlink_898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/658" TargetMode="External"/><Relationship Id="rId_hyperlink_899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/660" TargetMode="External"/><Relationship Id="rId_hyperlink_900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/286" TargetMode="External"/><Relationship Id="rId_hyperlink_901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/86" TargetMode="External"/><Relationship Id="rId_hyperlink_902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1204" TargetMode="External"/><Relationship Id="rId_hyperlink_903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/187" TargetMode="External"/><Relationship Id="rId_hyperlink_904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1320" TargetMode="External"/><Relationship Id="rId_hyperlink_905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1073" TargetMode="External"/><Relationship Id="rId_hyperlink_906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/204" TargetMode="External"/><Relationship Id="rId_hyperlink_907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/271" TargetMode="External"/><Relationship Id="rId_hyperlink_908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/60" TargetMode="External"/><Relationship Id="rId_hyperlink_909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1219" TargetMode="External"/><Relationship Id="rId_hyperlink_910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/310" TargetMode="External"/><Relationship Id="rId_hyperlink_911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/325" TargetMode="External"/><Relationship Id="rId_hyperlink_912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/272" TargetMode="External"/><Relationship Id="rId_hyperlink_913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/298" TargetMode="External"/><Relationship Id="rId_hyperlink_914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1116" TargetMode="External"/><Relationship Id="rId_hyperlink_915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/229" TargetMode="External"/><Relationship Id="rId_hyperlink_916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/818" TargetMode="External"/><Relationship Id="rId_hyperlink_918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/817" TargetMode="External"/><Relationship Id="rId_hyperlink_919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/265" TargetMode="External"/><Relationship Id="rId_hyperlink_920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/300" TargetMode="External"/><Relationship Id="rId_hyperlink_921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1117" TargetMode="External"/><Relationship Id="rId_hyperlink_922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/159" TargetMode="External"/><Relationship Id="rId_hyperlink_923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1065" TargetMode="External"/><Relationship Id="rId_hyperlink_924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/278" TargetMode="External"/><Relationship Id="rId_hyperlink_925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1114" TargetMode="External"/><Relationship Id="rId_hyperlink_927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/279" TargetMode="External"/><Relationship Id="rId_hyperlink_928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/273" TargetMode="External"/><Relationship Id="rId_hyperlink_932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/148" TargetMode="External"/><Relationship Id="rId_hyperlink_933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1142" TargetMode="External"/><Relationship Id="rId_hyperlink_934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/211" TargetMode="External"/><Relationship Id="rId_hyperlink_935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/212" TargetMode="External"/><Relationship Id="rId_hyperlink_936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/218" TargetMode="External"/><Relationship Id="rId_hyperlink_937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/239" TargetMode="External"/><Relationship Id="rId_hyperlink_939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/41" TargetMode="External"/><Relationship Id="rId_hyperlink_940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1184" TargetMode="External"/><Relationship Id="rId_hyperlink_941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/823" TargetMode="External"/><Relationship Id="rId_hyperlink_942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/213" TargetMode="External"/><Relationship Id="rId_hyperlink_943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/87" TargetMode="External"/><Relationship Id="rId_hyperlink_944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1205" TargetMode="External"/><Relationship Id="rId_hyperlink_945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/230" TargetMode="External"/><Relationship Id="rId_hyperlink_946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/240" TargetMode="External"/><Relationship Id="rId_hyperlink_948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/149" TargetMode="External"/><Relationship Id="rId_hyperlink_949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1143" TargetMode="External"/><Relationship Id="rId_hyperlink_950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/123" TargetMode="External"/><Relationship Id="rId_hyperlink_951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/744" TargetMode="External"/><Relationship Id="rId_hyperlink_952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/747" TargetMode="External"/><Relationship Id="rId_hyperlink_953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/280" TargetMode="External"/><Relationship Id="rId_hyperlink_954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/746" TargetMode="External"/><Relationship Id="rId_hyperlink_956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/745" TargetMode="External"/><Relationship Id="rId_hyperlink_957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/231" TargetMode="External"/><Relationship Id="rId_hyperlink_958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/88" TargetMode="External"/><Relationship Id="rId_hyperlink_960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1206" TargetMode="External"/><Relationship Id="rId_hyperlink_961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/124" TargetMode="External"/><Relationship Id="rId_hyperlink_962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/140" TargetMode="External"/><Relationship Id="rId_hyperlink_963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/227" TargetMode="External"/><Relationship Id="rId_hyperlink_964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/274" TargetMode="External"/><Relationship Id="rId_hyperlink_965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1133" TargetMode="External"/><Relationship Id="rId_hyperlink_966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/219" TargetMode="External"/><Relationship Id="rId_hyperlink_967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1212" TargetMode="External"/><Relationship Id="rId_hyperlink_968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/252" TargetMode="External"/><Relationship Id="rId_hyperlink_969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1156" TargetMode="External"/><Relationship Id="rId_hyperlink_970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/42" TargetMode="External"/><Relationship Id="rId_hyperlink_971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/197" TargetMode="External"/><Relationship Id="rId_hyperlink_973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/241" TargetMode="External"/><Relationship Id="rId_hyperlink_974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/824" TargetMode="External"/><Relationship Id="rId_hyperlink_975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/48" TargetMode="External"/><Relationship Id="rId_hyperlink_976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1220" TargetMode="External"/><Relationship Id="rId_hyperlink_977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/825" TargetMode="External"/><Relationship Id="rId_hyperlink_978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/242" TargetMode="External"/><Relationship Id="rId_hyperlink_979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/168" TargetMode="External"/><Relationship Id="rId_hyperlink_980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/311" TargetMode="External"/><Relationship Id="rId_hyperlink_982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/125" TargetMode="External"/><Relationship Id="rId_hyperlink_983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/160" TargetMode="External"/><Relationship Id="rId_hyperlink_985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1066" TargetMode="External"/><Relationship Id="rId_hyperlink_986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/261" TargetMode="External"/><Relationship Id="rId_hyperlink_987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1166" TargetMode="External"/><Relationship Id="rId_hyperlink_988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/243" TargetMode="External"/><Relationship Id="rId_hyperlink_989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1207" TargetMode="External"/><Relationship Id="rId_hyperlink_991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/254" TargetMode="External"/><Relationship Id="rId_hyperlink_993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/43" TargetMode="External"/><Relationship Id="rId_hyperlink_995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/61" TargetMode="External"/><Relationship Id="rId_hyperlink_996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1221" TargetMode="External"/><Relationship Id="rId_hyperlink_997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/44" TargetMode="External"/><Relationship Id="rId_hyperlink_998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1186" TargetMode="External"/><Relationship Id="rId_hyperlink_999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/287" TargetMode="External"/><Relationship Id="rId_hyperlink_1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/150" TargetMode="External"/><Relationship Id="rId_hyperlink_1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1144" TargetMode="External"/><Relationship Id="rId_hyperlink_1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/91" TargetMode="External"/><Relationship Id="rId_hyperlink_1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1208" TargetMode="External"/><Relationship Id="rId_hyperlink_1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/172" TargetMode="External"/><Relationship Id="rId_hyperlink_1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/198" TargetMode="External"/><Relationship Id="rId_hyperlink_1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1265" TargetMode="External"/><Relationship Id="rId_hyperlink_1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/120" TargetMode="External"/><Relationship Id="rId_hyperlink_1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1174" TargetMode="External"/><Relationship Id="rId_hyperlink_1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/288" TargetMode="External"/><Relationship Id="rId_hyperlink_1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/45" TargetMode="External"/><Relationship Id="rId_hyperlink_1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1187" TargetMode="External"/><Relationship Id="rId_hyperlink_1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/68" TargetMode="External"/><Relationship Id="rId_hyperlink_1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/266" TargetMode="External"/><Relationship Id="rId_hyperlink_1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/913" TargetMode="External"/><Relationship Id="rId_hyperlink_1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/90" TargetMode="External"/><Relationship Id="rId_hyperlink_1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/967" TargetMode="External"/><Relationship Id="rId_hyperlink_1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1170" TargetMode="External"/><Relationship Id="rId_hyperlink_1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/262" TargetMode="External"/><Relationship Id="rId_hyperlink_1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/312" TargetMode="External"/><Relationship Id="rId_hyperlink_1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/301" TargetMode="External"/><Relationship Id="rId_hyperlink_1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1118" TargetMode="External"/><Relationship Id="rId_hyperlink_1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/126" TargetMode="External"/><Relationship Id="rId_hyperlink_1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/244" TargetMode="External"/><Relationship Id="rId_hyperlink_1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/127" TargetMode="External"/><Relationship Id="rId_hyperlink_1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/245" TargetMode="External"/><Relationship Id="rId_hyperlink_1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/289" TargetMode="External"/><Relationship Id="rId_hyperlink_1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/275" TargetMode="External"/><Relationship Id="rId_hyperlink_1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/323" TargetMode="External"/><Relationship Id="rId_hyperlink_1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/151" TargetMode="External"/><Relationship Id="rId_hyperlink_1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1145" TargetMode="External"/><Relationship Id="rId_hyperlink_1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/96" TargetMode="External"/><Relationship Id="rId_hyperlink_1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/214" TargetMode="External"/><Relationship Id="rId_hyperlink_1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1272" TargetMode="External"/><Relationship Id="rId_hyperlink_1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/46" TargetMode="External"/><Relationship Id="rId_hyperlink_1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1188" TargetMode="External"/><Relationship Id="rId_hyperlink_1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/141" TargetMode="External"/><Relationship Id="rId_hyperlink_1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1130" TargetMode="External"/><Relationship Id="rId_hyperlink_1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/128" TargetMode="External"/><Relationship Id="rId_hyperlink_1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1127" TargetMode="External"/><Relationship Id="rId_hyperlink_1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/246" TargetMode="External"/><Relationship Id="rId_hyperlink_1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/267" TargetMode="External"/><Relationship Id="rId_hyperlink_1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/180" TargetMode="External"/><Relationship Id="rId_hyperlink_1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1108" TargetMode="External"/><Relationship Id="rId_hyperlink_1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/191" TargetMode="External"/><Relationship Id="rId_hyperlink_1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1051" TargetMode="External"/><Relationship Id="rId_hyperlink_1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/828" TargetMode="External"/><Relationship Id="rId_hyperlink_1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/290" TargetMode="External"/><Relationship Id="rId_hyperlink_1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/827" TargetMode="External"/><Relationship Id="rId_hyperlink_1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1222" TargetMode="External"/><Relationship Id="rId_hyperlink_1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/192" TargetMode="External"/><Relationship Id="rId_hyperlink_1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1052" TargetMode="External"/><Relationship Id="rId_hyperlink_1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/220" TargetMode="External"/><Relationship Id="rId_hyperlink_1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/653" TargetMode="External"/><Relationship Id="rId_hyperlink_1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/173" TargetMode="External"/><Relationship Id="rId_hyperlink_1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/97" TargetMode="External"/><Relationship Id="rId_hyperlink_1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/69" TargetMode="External"/><Relationship Id="rId_hyperlink_1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1176" TargetMode="External"/><Relationship Id="rId_hyperlink_1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/281" TargetMode="External"/><Relationship Id="rId_hyperlink_1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/836" TargetMode="External"/><Relationship Id="rId_hyperlink_1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/193" TargetMode="External"/><Relationship Id="rId_hyperlink_1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1053" TargetMode="External"/><Relationship Id="rId_hyperlink_1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/47" TargetMode="External"/><Relationship Id="rId_hyperlink_1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1189" TargetMode="External"/><Relationship Id="rId_hyperlink_1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/169" TargetMode="External"/><Relationship Id="rId_hyperlink_1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1101" TargetMode="External"/><Relationship Id="rId_hyperlink_1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/291" TargetMode="External"/><Relationship Id="rId_hyperlink_1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1520" TargetMode="External"/><Relationship Id="rId_hyperlink_1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/292" TargetMode="External"/><Relationship Id="rId_hyperlink_1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1325" TargetMode="External"/><Relationship Id="rId_hyperlink_1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/247" TargetMode="External"/><Relationship Id="rId_hyperlink_1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/302" TargetMode="External"/><Relationship Id="rId_hyperlink_1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1119" TargetMode="External"/><Relationship Id="rId_hyperlink_1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/644" TargetMode="External"/><Relationship Id="rId_hyperlink_1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/129" TargetMode="External"/><Relationship Id="rId_hyperlink_1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1152" TargetMode="External"/><Relationship Id="rId_hyperlink_1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/255" TargetMode="External"/><Relationship Id="rId_hyperlink_1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/263" TargetMode="External"/><Relationship Id="rId_hyperlink_1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1158" TargetMode="External"/><Relationship Id="rId_hyperlink_1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/74" TargetMode="External"/><Relationship Id="rId_hyperlink_1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/973" TargetMode="External"/><Relationship Id="rId_hyperlink_1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/75" TargetMode="External"/><Relationship Id="rId_hyperlink_1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1209" TargetMode="External"/><Relationship Id="rId_hyperlink_1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/313" TargetMode="External"/><Relationship Id="rId_hyperlink_1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/743" TargetMode="External"/><Relationship Id="rId_hyperlink_1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/232" TargetMode="External"/><Relationship Id="rId_hyperlink_1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/143" TargetMode="External"/><Relationship Id="rId_hyperlink_1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/205" TargetMode="External"/><Relationship Id="rId_hyperlink_1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1070" TargetMode="External"/><Relationship Id="rId_hyperlink_1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/276" TargetMode="External"/><Relationship Id="rId_hyperlink_1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1067" TargetMode="External"/><Relationship Id="rId_hyperlink_1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/161" TargetMode="External"/><Relationship Id="rId_hyperlink_1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/181" TargetMode="External"/><Relationship Id="rId_hyperlink_1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1107" TargetMode="External"/><Relationship Id="rId_hyperlink_1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1120" TargetMode="External"/><Relationship Id="rId_hyperlink_1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/303" TargetMode="External"/><Relationship Id="rId_hyperlink_1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/194" TargetMode="External"/><Relationship Id="rId_hyperlink_1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/><Relationship Id="rId_hyperlink_1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/206" TargetMode="External"/><Relationship Id="rId_hyperlink_1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1074" TargetMode="External"/><Relationship Id="rId_hyperlink_1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/50" TargetMode="External"/><Relationship Id="rId_hyperlink_1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1190" TargetMode="External"/><Relationship Id="rId_hyperlink_1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/98" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F1117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1117" sqref="A1117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="298.356" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
@@ -10512,114 +10512,114 @@
       </c>
       <c r="D204" t="s">
         <v>392</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="4" t="s">
         <v>406</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>10</v>
       </c>
       <c r="D205" t="s">
         <v>392</v>
       </c>
       <c r="E205" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F205" t="s">
-        <v>133</v>
+        <v>407</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="4" t="s">
         <v>406</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>10</v>
       </c>
       <c r="D206" t="s">
         <v>392</v>
       </c>
       <c r="E206" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F206" t="s">
-        <v>407</v>
+        <v>133</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="4" t="s">
         <v>408</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>10</v>
       </c>
       <c r="D207" t="s">
         <v>392</v>
       </c>
       <c r="E207" t="s">
         <v>9</v>
       </c>
       <c r="F207" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="4" t="s">
         <v>408</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" t="s">
         <v>392</v>
       </c>
       <c r="E208" t="s">
         <v>9</v>
       </c>
       <c r="F208" t="s">
-        <v>78</v>
+        <v>133</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="4" t="s">
         <v>409</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>10</v>
       </c>
       <c r="D209" t="s">
         <v>392</v>
       </c>
       <c r="E209" t="s">
         <v>9</v>
       </c>
       <c r="F209" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="4" t="s">
         <v>410</v>
@@ -10652,114 +10652,114 @@
       </c>
       <c r="D211" t="s">
         <v>392</v>
       </c>
       <c r="E211" t="s">
         <v>9</v>
       </c>
       <c r="F211" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="4" t="s">
         <v>412</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>10</v>
       </c>
       <c r="D212" t="s">
         <v>392</v>
       </c>
       <c r="E212" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F212" t="s">
-        <v>78</v>
+        <v>407</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="4" t="s">
         <v>412</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>10</v>
       </c>
       <c r="D213" t="s">
         <v>392</v>
       </c>
       <c r="E213" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F213" t="s">
-        <v>407</v>
+        <v>78</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="4" t="s">
         <v>413</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>10</v>
       </c>
       <c r="D214" t="s">
         <v>392</v>
       </c>
       <c r="E214" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F214" t="s">
-        <v>407</v>
+        <v>78</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="4" t="s">
         <v>413</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>10</v>
       </c>
       <c r="D215" t="s">
         <v>392</v>
       </c>
       <c r="E215" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>78</v>
+        <v>407</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="4" t="s">
         <v>414</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>10</v>
       </c>
       <c r="D216" t="s">
         <v>392</v>
       </c>
       <c r="E216" t="s">
         <v>9</v>
       </c>
       <c r="F216" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="4" t="s">
         <v>415</v>
@@ -10875,171 +10875,171 @@
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="4" t="s">
         <v>419</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>10</v>
       </c>
       <c r="D223" t="s">
         <v>392</v>
       </c>
       <c r="E223" t="s">
         <v>9</v>
       </c>
       <c r="F223" t="s">
-        <v>78</v>
+        <v>133</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="4" t="s">
         <v>419</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>10</v>
       </c>
       <c r="D224" t="s">
         <v>392</v>
       </c>
       <c r="E224" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F224" t="s">
-        <v>407</v>
+        <v>78</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="4" t="s">
         <v>419</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>10</v>
       </c>
       <c r="D225" t="s">
         <v>392</v>
       </c>
       <c r="E225" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>133</v>
+        <v>407</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="4" t="s">
         <v>420</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>10</v>
       </c>
       <c r="D226" t="s">
         <v>392</v>
       </c>
       <c r="E226" t="s">
         <v>9</v>
       </c>
       <c r="F226" t="s">
-        <v>78</v>
+        <v>133</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="4" t="s">
         <v>420</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>10</v>
       </c>
       <c r="D227" t="s">
         <v>392</v>
       </c>
       <c r="E227" t="s">
         <v>9</v>
       </c>
       <c r="F227" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="4" t="s">
         <v>421</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>10</v>
       </c>
       <c r="D228" t="s">
         <v>392</v>
       </c>
       <c r="E228" t="s">
         <v>9</v>
       </c>
       <c r="F228" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="4" t="s">
         <v>421</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>10</v>
       </c>
       <c r="D229" t="s">
         <v>392</v>
       </c>
       <c r="E229" t="s">
         <v>9</v>
       </c>
       <c r="F229" t="s">
-        <v>78</v>
+        <v>133</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="4" t="s">
         <v>421</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>10</v>
       </c>
       <c r="D230" t="s">
         <v>392</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="4" t="s">
         <v>422</v>