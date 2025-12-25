--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="647">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="655">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 309 резултата</t>
+    <t>Общо 312 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Национален план за оказване на поддръжка от Република България като страна домакин на съюзнически въоръжени сили</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -377,50 +377,59 @@
   <si>
     <t>21-10-2021 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална научна прог­рама „Сигурност и отбрана”</t>
   </si>
   <si>
     <t>Национална научна програма “Върхови изследвания и хора за развитие на европейска наука“ – 2021 (ВИХРЕН – 2021)</t>
   </si>
   <si>
     <t>12-08-2021 - 31-12-2029</t>
   </si>
   <si>
     <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
   </si>
   <si>
     <t>13-06-2024 - 31-12-2031</t>
   </si>
   <si>
     <t>Национална научна програма „Критични и стратегически суровини за зелен преход и устойчиво развитие“</t>
   </si>
   <si>
     <t>18-07-2024 - 31-12-2029</t>
   </si>
   <si>
+    <t>Национална научна програма „ПЕТЪР БЕРОН. НАУКА И ИНОВАЦИИ С ЕВРОПА – 2025“ (ННП ПЕТЪР БЕРОН И НИЕ – 2025)</t>
+  </si>
+  <si>
+    <t>Програма</t>
+  </si>
+  <si>
+    <t>20-11-2025 - 31-12-2033</t>
+  </si>
+  <si>
     <t>Национална научна програма „Развитие и утвърждаване на българистиката в чужбина“</t>
   </si>
   <si>
     <t>07-04-2022 - 31-12-2025</t>
   </si>
   <si>
     <t>Национална научна програма „Развитие на научните изследвания и иновациите в системата на българското предучилищно и училищно образование“</t>
   </si>
   <si>
     <t>04-12-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална програма за полярни изследвания „От полюс до полюс“ 2022 – 2025 г.</t>
   </si>
   <si>
     <t>16-06-2022 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална програма „Млади учени и постдокторанти – 2“</t>
   </si>
   <si>
     <t>Национална програма „Повишаване на квалификацията в областта на ядрените технологии и ядреното инженерство“</t>
   </si>
   <si>
     <t>13-11-2024 - 31-12-2030</t>
@@ -464,50 +473,56 @@
   <si>
     <t>Национална карта на висшето образование в Република България</t>
   </si>
   <si>
     <t>22-07-2021 - 31-12-2022</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2022 г.</t>
   </si>
   <si>
     <t>12-01-2023 - 31-12-2023</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2023 г.</t>
   </si>
   <si>
     <t>11-01-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2024 г.</t>
   </si>
   <si>
     <t>27-12-2024 - 31-12-2025</t>
   </si>
   <si>
+    <t>Национална програма „Избирам да следвам в България“</t>
+  </si>
+  <si>
+    <t>03-12-2025 - 03-12-2030</t>
+  </si>
+  <si>
     <t>Национална програма „Модернизация на библиотеките в държавните висши училища“</t>
   </si>
   <si>
     <t>21-03-2024 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална програма „Образование с наука“</t>
   </si>
   <si>
     <t>27-06-2024 - 31-12-2028</t>
   </si>
   <si>
     <t>Национални програми за развитие на образованието - 2022 г.</t>
   </si>
   <si>
     <t>13-05-2022 - 31-12-2023</t>
   </si>
   <si>
     <t>Национални програми за развитие на образованието - 2025 г.</t>
   </si>
   <si>
     <t>09-05-2025 - 31-12-2027</t>
   </si>
   <si>
     <t>Национални програми за развитие на образованието за 2023 г.</t>
@@ -1125,50 +1140,59 @@
     <t>Велики Преслав</t>
   </si>
   <si>
     <t>21-09-2021 - 31-12-2027</t>
   </si>
   <si>
     <t>План за интегрирано развитие на община Велико Търново 2021-2027 г.</t>
   </si>
   <si>
     <t>Велико Търново</t>
   </si>
   <si>
     <t>26-08-2021 - 31-12-2027</t>
   </si>
   <si>
     <t>План за интегрирано развитие на община Ветрино за периода 2021-2027 г.</t>
   </si>
   <si>
     <t>Ветрино</t>
   </si>
   <si>
     <t>Актуализиран План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
   </si>
   <si>
     <t>27-02-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Доклад за резултатите от междинната оценка на изпълнението на Плана за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>Доклади</t>
+  </si>
+  <si>
+    <t>28-10-2025 - Не е указан срок</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Враца 2014-2020 г.</t>
   </si>
   <si>
     <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2011</t>
   </si>
   <si>
     <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
   </si>
   <si>
     <t>Общинска стратегия за подобряване на бизнес средата с цел привличане на инвестиции 2014-2020г.</t>
   </si>
   <si>
     <t>Вълчи дол</t>
   </si>
   <si>
     <t>План за интегрирано развитие на Община Върбица 2021-2027г.</t>
   </si>
   <si>
     <t>Върбица</t>
   </si>
@@ -2324,72 +2348,72 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1578" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1568" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1563" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1512" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1510" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1539" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1507" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1528" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1438" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1433" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1508" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1534" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1214" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1516" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1535" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1523" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1477" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1439" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1441" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1514" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1428" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1506" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/595" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1509" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1459" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1531" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1446" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1238" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1504" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1464" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1436" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1537" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1562" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1530" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1515" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1432" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1541" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1381" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1599" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1712" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1527" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1524" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1445" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1421" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1256" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1536" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1505" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1444" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1487" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1538" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1502" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1656" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1447" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1518" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1486" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1682" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1517" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1448" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1440" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1519" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1513" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1423" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1554" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1526" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1532" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1483" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1705" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1571" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1543" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1589" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1556" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1588" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1603" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1442" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1453" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1481" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1490" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1491" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1559" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1591" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1572" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1662" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1496" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1609" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1522" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1547" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1501" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1600" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1590" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1573" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1498" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1497" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/929" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1545" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1557" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1546" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1291" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1597" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1489" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1598" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1551" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1583" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1582" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1553" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1550" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/838" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1503" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1552" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1540" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1492" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1592" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1533" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1499" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1575" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1574" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1576" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1579" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1577" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1578" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1500" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1525" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1565" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1595" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1549" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1564" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1560" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1555" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1544" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1594" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1568" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1563" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1512" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1510" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1539" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1507" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1528" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1438" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1433" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1508" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1534" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1214" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1516" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1535" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1523" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1477" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1439" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1605" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1441" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1437" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1514" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1428" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1506" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/595" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1509" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1459" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1531" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1446" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1238" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1504" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1464" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1435" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1436" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1537" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1562" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1521" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1530" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1515" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1432" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1541" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1381" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1599" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1434" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1712" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1527" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1524" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1659" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1445" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1421" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1602" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1256" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1430" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1536" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1505" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1444" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1487" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1538" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1502" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1656" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1447" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1518" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1486" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1682" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1517" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1448" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1440" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1519" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1513" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1423" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1554" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1526" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1532" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1483" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1705" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F312"/>
+  <dimension ref="A1:F315"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A312" sqref="A312"/>
+      <selection activeCell="A315" sqref="A315"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
@@ -3428,5183 +3452,5243 @@
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
         <v>106</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
         <v>106</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
         <v>106</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
         <v>106</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
         <v>106</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
         <v>106</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
         <v>106</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
         <v>106</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>132</v>
+        <v>113</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
         <v>106</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
         <v>106</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B72" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>10</v>
+      </c>
+      <c r="D90" t="s">
+        <v>182</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
         <v>187</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
         <v>192</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
         <v>194</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>212</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
         <v>218</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
         <v>221</v>
       </c>
-      <c r="B108" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>221</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>10</v>
       </c>
       <c r="D110" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>10</v>
       </c>
       <c r="D112" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E112" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>10</v>
       </c>
       <c r="D113" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
         <v>232</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>10</v>
       </c>
       <c r="D114" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="E114" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F114" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>55</v>
+        <v>240</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>242</v>
+        <v>55</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>101</v>
+        <v>244</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>102</v>
+        <v>245</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>246</v>
+        <v>101</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>247</v>
+        <v>102</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
         <v>248</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>10</v>
       </c>
       <c r="D124" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
         <v>253</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
         <v>255</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>10</v>
       </c>
       <c r="D128" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>262</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
+        <v>256</v>
+      </c>
+      <c r="E129" t="s">
+        <v>12</v>
+      </c>
+      <c r="F129" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
         <v>264</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>262</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
+        <v>256</v>
+      </c>
+      <c r="E130" t="s">
+        <v>12</v>
+      </c>
+      <c r="F130" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D131" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
         <v>267</v>
       </c>
-      <c r="B132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D132" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E132" t="s">
         <v>9</v>
       </c>
       <c r="F132" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D133" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E133" t="s">
         <v>9</v>
       </c>
       <c r="F133" t="s">
-        <v>269</v>
+        <v>231</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>267</v>
+      </c>
+      <c r="D134" t="s">
         <v>270</v>
       </c>
-      <c r="B134" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E134" t="s">
         <v>9</v>
       </c>
       <c r="F134" t="s">
-        <v>272</v>
+        <v>231</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
         <v>273</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D135" t="s">
+        <v>270</v>
+      </c>
+      <c r="E135" t="s">
+        <v>9</v>
+      </c>
+      <c r="F135" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
         <v>275</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D136" t="s">
         <v>276</v>
       </c>
       <c r="E136" t="s">
         <v>9</v>
       </c>
       <c r="F136" t="s">
-        <v>226</v>
+        <v>277</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D137" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="E137" t="s">
-        <v>278</v>
+        <v>9</v>
       </c>
       <c r="F137" t="s">
-        <v>279</v>
+        <v>231</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
         <v>280</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D138" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E138" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="F138" t="s">
-        <v>282</v>
+        <v>231</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>267</v>
+      </c>
+      <c r="D139" t="s">
+        <v>281</v>
+      </c>
+      <c r="E139" t="s">
         <v>283</v>
       </c>
-      <c r="B139" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F139" t="s">
-        <v>226</v>
+        <v>284</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D140" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E140" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F140" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D141" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E141" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="F141" t="s">
-        <v>288</v>
+        <v>231</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
         <v>289</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D142" t="s">
         <v>290</v>
       </c>
       <c r="E142" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F142" t="s">
-        <v>226</v>
+        <v>291</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D143" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="E143" t="s">
-        <v>9</v>
+        <v>286</v>
       </c>
       <c r="F143" t="s">
-        <v>269</v>
+        <v>293</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D144" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="E144" t="s">
-        <v>9</v>
+        <v>286</v>
       </c>
       <c r="F144" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D145" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E145" t="s">
         <v>9</v>
       </c>
       <c r="F145" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D146" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E146" t="s">
         <v>9</v>
       </c>
       <c r="F146" t="s">
-        <v>269</v>
+        <v>231</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D147" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
-        <v>226</v>
+        <v>274</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D148" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D149" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D150" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E150" t="s">
-        <v>303</v>
+        <v>9</v>
       </c>
       <c r="F150" t="s">
-        <v>304</v>
+        <v>274</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
         <v>305</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D151" t="s">
         <v>306</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
         <v>307</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D152" t="s">
         <v>306</v>
       </c>
       <c r="E152" t="s">
-        <v>9</v>
+        <v>308</v>
       </c>
       <c r="F152" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D153" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E153" t="s">
         <v>9</v>
       </c>
       <c r="F153" t="s">
-        <v>269</v>
+        <v>231</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D154" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E154" t="s">
         <v>9</v>
       </c>
       <c r="F154" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D155" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="E155" t="s">
-        <v>278</v>
+        <v>9</v>
       </c>
       <c r="F155" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D156" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="E156" t="s">
         <v>9</v>
       </c>
       <c r="F156" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D157" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="E157" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="F157" t="s">
-        <v>315</v>
+        <v>274</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D158" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="E158" t="s">
         <v>9</v>
       </c>
       <c r="F158" t="s">
-        <v>226</v>
+        <v>277</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>267</v>
+      </c>
+      <c r="D159" t="s">
         <v>317</v>
       </c>
-      <c r="B159" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E159" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F159" t="s">
-        <v>269</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D160" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E160" t="s">
         <v>9</v>
       </c>
       <c r="F160" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D161" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E161" t="s">
-        <v>9</v>
+        <v>286</v>
       </c>
       <c r="F161" t="s">
-        <v>226</v>
+        <v>274</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D162" t="s">
         <v>323</v>
       </c>
       <c r="E162" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="F162" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>325</v>
+        <v>267</v>
       </c>
       <c r="D163" t="s">
         <v>326</v>
       </c>
       <c r="E163" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F163" t="s">
-        <v>328</v>
+        <v>231</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>325</v>
+        <v>267</v>
       </c>
       <c r="D164" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E164" t="s">
-        <v>9</v>
+        <v>286</v>
       </c>
       <c r="F164" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>330</v>
+      </c>
+      <c r="D165" t="s">
         <v>331</v>
       </c>
-      <c r="B165" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E165" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F165" t="s">
-        <v>226</v>
+        <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D166" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E166" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F166" t="s">
-        <v>334</v>
+        <v>231</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D167" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E167" t="s">
         <v>9</v>
       </c>
       <c r="F167" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>330</v>
+      </c>
+      <c r="D168" t="s">
         <v>337</v>
       </c>
-      <c r="B168" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E168" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F168" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
         <v>340</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D169" t="s">
         <v>341</v>
       </c>
       <c r="E169" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F169" t="s">
-        <v>342</v>
+        <v>231</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>330</v>
+      </c>
+      <c r="D170" t="s">
         <v>343</v>
       </c>
-      <c r="B170" t="s">
-[...5 lines deleted...]
-      <c r="D170" t="s">
+      <c r="E170" t="s">
+        <v>332</v>
+      </c>
+      <c r="F170" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
         <v>345</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D171" t="s">
         <v>346</v>
       </c>
       <c r="E171" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F171" t="s">
-        <v>226</v>
+        <v>347</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D172" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E172" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F172" t="s">
-        <v>349</v>
+        <v>231</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
         <v>350</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D173" t="s">
         <v>351</v>
       </c>
       <c r="E173" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F173" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
         <v>352</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D174" t="s">
-        <v>263</v>
+        <v>353</v>
       </c>
       <c r="E174" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F174" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D175" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E175" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F175" t="s">
-        <v>272</v>
+        <v>231</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="4" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D176" t="s">
-        <v>355</v>
+        <v>268</v>
       </c>
       <c r="E176" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F176" t="s">
-        <v>226</v>
+        <v>358</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="4" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D177" t="s">
-        <v>265</v>
+        <v>360</v>
       </c>
       <c r="E177" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F177" t="s">
-        <v>358</v>
+        <v>277</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="4" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D178" t="s">
-        <v>265</v>
+        <v>360</v>
       </c>
       <c r="E178" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F178" t="s">
-        <v>360</v>
+        <v>231</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="4" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D179" t="s">
-        <v>362</v>
+        <v>270</v>
       </c>
       <c r="E179" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F179" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="4" t="s">
         <v>364</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D180" t="s">
+        <v>270</v>
+      </c>
+      <c r="E180" t="s">
+        <v>332</v>
+      </c>
+      <c r="F180" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>330</v>
+      </c>
+      <c r="D181" t="s">
         <v>367</v>
       </c>
-      <c r="B181" t="s">
-[...5 lines deleted...]
-      <c r="D181" t="s">
+      <c r="E181" t="s">
+        <v>332</v>
+      </c>
+      <c r="F181" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="4" t="s">
         <v>369</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D182" t="s">
-        <v>274</v>
+        <v>370</v>
       </c>
       <c r="E182" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F182" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D183" t="s">
-        <v>274</v>
+        <v>373</v>
       </c>
       <c r="E183" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F183" t="s">
-        <v>226</v>
+        <v>309</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="4" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D184" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="E184" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F184" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="4" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B185" t="s">
-        <v>9</v>
+        <v>377</v>
       </c>
       <c r="C185" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D185" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="E185" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F185" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="4" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D186" t="s">
-        <v>376</v>
+        <v>279</v>
       </c>
       <c r="E186" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F186" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="4" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D187" t="s">
-        <v>378</v>
+        <v>279</v>
       </c>
       <c r="E187" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F187" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="4" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D188" t="s">
+        <v>279</v>
+      </c>
+      <c r="E188" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="4" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D189" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="E189" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F189" t="s">
-        <v>383</v>
+        <v>231</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="4" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D190" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E190" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F190" t="s">
-        <v>269</v>
+        <v>387</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="4" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D191" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="E191" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F191" t="s">
-        <v>388</v>
+        <v>231</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>330</v>
+      </c>
+      <c r="D192" t="s">
         <v>389</v>
       </c>
-      <c r="B192" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E192" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F192" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="4" t="s">
         <v>392</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D193" t="s">
         <v>393</v>
       </c>
       <c r="E193" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F193" t="s">
-        <v>383</v>
+        <v>274</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="4" t="s">
         <v>394</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D194" t="s">
         <v>395</v>
       </c>
       <c r="E194" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F194" t="s">
-        <v>226</v>
+        <v>396</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="4" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D195" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="E195" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F195" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="4" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D196" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="E196" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F196" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="4" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D197" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E197" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F197" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>330</v>
+      </c>
+      <c r="D198" t="s">
         <v>403</v>
       </c>
-      <c r="B198" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E198" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F198" t="s">
-        <v>366</v>
+        <v>405</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D199" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E199" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F199" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="4" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D200" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E200" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F200" t="s">
-        <v>410</v>
+        <v>231</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="4" t="s">
         <v>411</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D201" t="s">
         <v>412</v>
       </c>
       <c r="E201" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F201" t="s">
-        <v>226</v>
+        <v>371</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="4" t="s">
         <v>413</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D202" t="s">
-        <v>276</v>
+        <v>414</v>
       </c>
       <c r="E202" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F202" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="4" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D203" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E203" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F203" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D204" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E204" t="s">
         <v>9</v>
       </c>
       <c r="F204" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D205" t="s">
-        <v>421</v>
+        <v>281</v>
       </c>
       <c r="E205" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F205" t="s">
-        <v>226</v>
+        <v>422</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D206" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="E206" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F206" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="4" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D207" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="E207" t="s">
         <v>9</v>
       </c>
       <c r="F207" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="4" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D208" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E208" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F208" t="s">
-        <v>428</v>
+        <v>231</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>330</v>
+      </c>
+      <c r="D209" t="s">
         <v>429</v>
       </c>
-      <c r="B209" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E209" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F209" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="4" t="s">
         <v>432</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D210" t="s">
         <v>433</v>
       </c>
       <c r="E210" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F210" t="s">
-        <v>428</v>
+        <v>231</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="4" t="s">
         <v>434</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D211" t="s">
         <v>435</v>
       </c>
       <c r="E211" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F211" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="4" t="s">
         <v>437</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D212" t="s">
         <v>438</v>
       </c>
       <c r="E212" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F212" t="s">
-        <v>269</v>
+        <v>439</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="4" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D213" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E213" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F213" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="4" t="s">
         <v>442</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D214" t="s">
         <v>443</v>
       </c>
       <c r="E214" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F214" t="s">
-        <v>226</v>
+        <v>444</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="4" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D215" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="E215" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F215" t="s">
-        <v>445</v>
+        <v>274</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D216" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E216" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F216" t="s">
-        <v>363</v>
+        <v>449</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="4" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D217" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="E217" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F217" t="s">
-        <v>450</v>
+        <v>231</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>330</v>
+      </c>
+      <c r="D218" t="s">
         <v>451</v>
       </c>
-      <c r="B218" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E218" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F218" t="s">
-        <v>388</v>
+        <v>453</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="4" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D219" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E219" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F219" t="s">
-        <v>269</v>
+        <v>368</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D220" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="E220" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F220" t="s">
-        <v>272</v>
+        <v>458</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="4" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D221" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E221" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F221" t="s">
-        <v>458</v>
+        <v>396</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D222" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="E222" t="s">
         <v>9</v>
       </c>
       <c r="F222" t="s">
-        <v>226</v>
+        <v>274</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="4" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D223" t="s">
         <v>462</v>
       </c>
       <c r="E223" t="s">
         <v>9</v>
       </c>
       <c r="F223" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="4" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D224" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="E224" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F224" t="s">
-        <v>269</v>
+        <v>466</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="4" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D225" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="E225" t="s">
         <v>9</v>
       </c>
       <c r="F225" t="s">
-        <v>465</v>
+        <v>231</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="4" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D226" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="E226" t="s">
         <v>9</v>
       </c>
       <c r="F226" t="s">
-        <v>373</v>
+        <v>277</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="4" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D227" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="E227" t="s">
         <v>9</v>
       </c>
       <c r="F227" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="4" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D228" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="E228" t="s">
         <v>9</v>
       </c>
       <c r="F228" t="s">
-        <v>373</v>
+        <v>473</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="4" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D229" t="s">
         <v>470</v>
       </c>
       <c r="E229" t="s">
         <v>9</v>
       </c>
       <c r="F229" t="s">
-        <v>269</v>
+        <v>381</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="4" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D230" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="E230" t="s">
         <v>9</v>
       </c>
       <c r="F230" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="4" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D231" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="E231" t="s">
         <v>9</v>
       </c>
       <c r="F231" t="s">
-        <v>226</v>
+        <v>381</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="4" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D232" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="E232" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F232" t="s">
-        <v>475</v>
+        <v>274</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="4" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D233" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="E233" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F233" t="s">
-        <v>478</v>
+        <v>274</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D234" t="s">
         <v>480</v>
       </c>
       <c r="E234" t="s">
         <v>9</v>
       </c>
       <c r="F234" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="4" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D235" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="E235" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F235" t="s">
-        <v>349</v>
+        <v>483</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="4" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D236" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E236" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F236" t="s">
-        <v>226</v>
+        <v>486</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="4" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D237" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="E237" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F237" t="s">
-        <v>487</v>
+        <v>231</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="4" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D238" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="E238" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F238" t="s">
-        <v>489</v>
+        <v>354</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="4" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D239" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E239" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F239" t="s">
-        <v>492</v>
+        <v>231</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="4" t="s">
         <v>493</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D240" t="s">
         <v>494</v>
       </c>
       <c r="E240" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F240" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="4" t="s">
         <v>496</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D241" t="s">
+        <v>494</v>
+      </c>
+      <c r="E241" t="s">
+        <v>332</v>
+      </c>
+      <c r="F241" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="4" t="s">
         <v>498</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D242" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="E242" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F242" t="s">
-        <v>226</v>
+        <v>500</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="4" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D243" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E243" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F243" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="4" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D244" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E244" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F244" t="s">
-        <v>495</v>
+        <v>274</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="4" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D245" t="s">
         <v>505</v>
       </c>
       <c r="E245" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F245" t="s">
-        <v>366</v>
+        <v>231</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="4" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D246" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E246" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F246" t="s">
-        <v>226</v>
+        <v>509</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="4" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D247" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E247" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F247" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="4" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D248" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E248" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F248" t="s">
-        <v>450</v>
+        <v>371</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="4" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D249" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E249" t="s">
         <v>9</v>
       </c>
       <c r="F249" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="4" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D250" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E250" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F250" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="4" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D251" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="E251" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F251" t="s">
-        <v>517</v>
+        <v>458</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="4" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D252" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="E252" t="s">
         <v>9</v>
       </c>
       <c r="F252" t="s">
-        <v>373</v>
+        <v>231</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="4" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D253" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="E253" t="s">
         <v>9</v>
       </c>
       <c r="F253" t="s">
-        <v>226</v>
+        <v>525</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="4" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D254" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="E254" t="s">
         <v>9</v>
       </c>
       <c r="F254" t="s">
-        <v>272</v>
+        <v>525</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="4" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D255" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="E255" t="s">
         <v>9</v>
       </c>
       <c r="F255" t="s">
-        <v>226</v>
+        <v>381</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>330</v>
+      </c>
+      <c r="D256" t="s">
         <v>524</v>
       </c>
-      <c r="B256" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E256" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F256" t="s">
-        <v>525</v>
+        <v>231</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="4" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D257" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="E257" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F257" t="s">
-        <v>388</v>
+        <v>277</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="4" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D258" t="s">
-        <v>295</v>
+        <v>531</v>
       </c>
       <c r="E258" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F258" t="s">
-        <v>529</v>
+        <v>231</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="4" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D259" t="s">
-        <v>295</v>
+        <v>531</v>
       </c>
       <c r="E259" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F259" t="s">
-        <v>226</v>
+        <v>533</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="4" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D260" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="E260" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F260" t="s">
-        <v>492</v>
+        <v>396</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="4" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D261" t="s">
-        <v>534</v>
+        <v>300</v>
       </c>
       <c r="E261" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F261" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="4" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D262" t="s">
-        <v>537</v>
+        <v>300</v>
       </c>
       <c r="E262" t="s">
         <v>9</v>
       </c>
       <c r="F262" t="s">
-        <v>538</v>
+        <v>231</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="4" t="s">
         <v>539</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D263" t="s">
         <v>540</v>
       </c>
       <c r="E263" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F263" t="s">
-        <v>226</v>
+        <v>500</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="4" t="s">
         <v>541</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D264" t="s">
         <v>542</v>
       </c>
       <c r="E264" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F264" t="s">
-        <v>226</v>
+        <v>543</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="4" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D265" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E265" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F265" t="s">
-        <v>445</v>
+        <v>546</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="4" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D266" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="E266" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F266" t="s">
-        <v>417</v>
+        <v>231</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="4" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D267" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E267" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F267" t="s">
-        <v>182</v>
+        <v>231</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="4" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D268" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="E268" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F268" t="s">
-        <v>226</v>
+        <v>453</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="4" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D269" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="E269" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F269" t="s">
-        <v>45</v>
+        <v>425</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="4" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D270" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="E270" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F270" t="s">
-        <v>554</v>
+        <v>187</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="4" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D271" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="E271" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F271" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="4" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D272" t="s">
         <v>558</v>
       </c>
       <c r="E272" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F272" t="s">
-        <v>226</v>
+        <v>45</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="4" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D273" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="E273" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F273" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="4" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D274" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E274" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F274" t="s">
-        <v>563</v>
+        <v>231</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="4" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D275" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E275" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F275" t="s">
-        <v>272</v>
+        <v>231</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>330</v>
+      </c>
+      <c r="D276" t="s">
         <v>566</v>
       </c>
-      <c r="B276" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E276" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F276" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D277" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="E277" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F277" t="s">
-        <v>269</v>
+        <v>571</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="4" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D278" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="E278" t="s">
         <v>9</v>
       </c>
       <c r="F278" t="s">
-        <v>226</v>
+        <v>277</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="4" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D279" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E279" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F279" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="4" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D280" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="E280" t="s">
         <v>9</v>
       </c>
       <c r="F280" t="s">
-        <v>226</v>
+        <v>274</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="4" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D281" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E281" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F281" t="s">
-        <v>388</v>
+        <v>231</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D282" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E282" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F282" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="4" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D283" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="E283" t="s">
         <v>9</v>
       </c>
       <c r="F283" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="4" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D284" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="E284" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F284" t="s">
-        <v>584</v>
+        <v>396</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="4" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D285" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E285" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F285" t="s">
-        <v>269</v>
+        <v>588</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="4" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D286" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E286" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F286" t="s">
-        <v>589</v>
+        <v>231</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="4" t="s">
+        <v>591</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>330</v>
+      </c>
+      <c r="D287" t="s">
         <v>590</v>
       </c>
-      <c r="B287" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E287" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F287" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="4" t="s">
         <v>593</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D288" t="s">
         <v>594</v>
       </c>
       <c r="E288" t="s">
         <v>9</v>
       </c>
       <c r="F288" t="s">
-        <v>226</v>
+        <v>274</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="4" t="s">
         <v>595</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D289" t="s">
         <v>596</v>
       </c>
       <c r="E289" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F289" t="s">
-        <v>397</v>
+        <v>597</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D290" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E290" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F290" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="4" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D291" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E291" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F291" t="s">
-        <v>602</v>
+        <v>231</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="4" t="s">
         <v>603</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D292" t="s">
         <v>604</v>
       </c>
       <c r="E292" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F292" t="s">
-        <v>272</v>
+        <v>405</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="4" t="s">
         <v>605</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D293" t="s">
         <v>606</v>
       </c>
       <c r="E293" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F293" t="s">
-        <v>397</v>
+        <v>607</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="4" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D294" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E294" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F294" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="4" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D295" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E295" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F295" t="s">
-        <v>612</v>
+        <v>277</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="4" t="s">
         <v>613</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D296" t="s">
         <v>614</v>
       </c>
       <c r="E296" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F296" t="s">
-        <v>226</v>
+        <v>405</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="4" t="s">
         <v>615</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D297" t="s">
         <v>616</v>
       </c>
       <c r="E297" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F297" t="s">
-        <v>226</v>
+        <v>617</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="4" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D298" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E298" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F298" t="s">
-        <v>226</v>
+        <v>620</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="4" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D299" t="s">
-        <v>312</v>
+        <v>622</v>
       </c>
       <c r="E299" t="s">
         <v>9</v>
       </c>
       <c r="F299" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="4" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D300" t="s">
-        <v>312</v>
+        <v>624</v>
       </c>
       <c r="E300" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F300" t="s">
-        <v>397</v>
+        <v>231</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="4" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D301" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="E301" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F301" t="s">
-        <v>623</v>
+        <v>231</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="4" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D302" t="s">
-        <v>625</v>
+        <v>317</v>
       </c>
       <c r="E302" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F302" t="s">
-        <v>379</v>
+        <v>231</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="4" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D303" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E303" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F303" t="s">
-        <v>475</v>
+        <v>405</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="4" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D304" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E304" t="s">
-        <v>629</v>
+        <v>332</v>
       </c>
       <c r="F304" t="s">
-        <v>269</v>
+        <v>631</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="4" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D305" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="E305" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F305" t="s">
-        <v>631</v>
+        <v>387</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="4" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D306" t="s">
-        <v>628</v>
+        <v>323</v>
       </c>
       <c r="E306" t="s">
-        <v>9</v>
+        <v>332</v>
       </c>
       <c r="F306" t="s">
-        <v>272</v>
+        <v>483</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="4" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D307" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="E307" t="s">
-        <v>9</v>
+        <v>637</v>
       </c>
       <c r="F307" t="s">
-        <v>226</v>
+        <v>274</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="4" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D308" t="s">
         <v>636</v>
       </c>
       <c r="E308" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F308" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="4" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D309" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="E309" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F309" t="s">
-        <v>640</v>
+        <v>277</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="4" t="s">
         <v>641</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D310" t="s">
         <v>642</v>
       </c>
       <c r="E310" t="s">
-        <v>327</v>
+        <v>9</v>
       </c>
       <c r="F310" t="s">
-        <v>643</v>
+        <v>231</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>330</v>
+      </c>
+      <c r="D311" t="s">
         <v>644</v>
       </c>
-      <c r="B311" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E311" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F311" t="s">
-        <v>612</v>
+        <v>645</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="4" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D312" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E312" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F312" t="s">
-        <v>226</v>
+        <v>648</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6">
+      <c r="A313" s="4" t="s">
+        <v>649</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>330</v>
+      </c>
+      <c r="D313" t="s">
+        <v>650</v>
+      </c>
+      <c r="E313" t="s">
+        <v>332</v>
+      </c>
+      <c r="F313" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6">
+      <c r="A314" s="4" t="s">
+        <v>652</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>330</v>
+      </c>
+      <c r="D314" t="s">
+        <v>326</v>
+      </c>
+      <c r="E314" t="s">
+        <v>332</v>
+      </c>
+      <c r="F314" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6">
+      <c r="A315" s="4" t="s">
+        <v>653</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>330</v>
+      </c>
+      <c r="D315" t="s">
+        <v>654</v>
+      </c>
+      <c r="E315" t="s">
+        <v>332</v>
+      </c>
+      <c r="F315" t="s">
+        <v>231</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -8878,50 +8962,53 @@
     <hyperlink ref="A288" r:id="rId_hyperlink_285"/>
     <hyperlink ref="A289" r:id="rId_hyperlink_286"/>
     <hyperlink ref="A290" r:id="rId_hyperlink_287"/>
     <hyperlink ref="A291" r:id="rId_hyperlink_288"/>
     <hyperlink ref="A292" r:id="rId_hyperlink_289"/>
     <hyperlink ref="A293" r:id="rId_hyperlink_290"/>
     <hyperlink ref="A294" r:id="rId_hyperlink_291"/>
     <hyperlink ref="A295" r:id="rId_hyperlink_292"/>
     <hyperlink ref="A296" r:id="rId_hyperlink_293"/>
     <hyperlink ref="A297" r:id="rId_hyperlink_294"/>
     <hyperlink ref="A298" r:id="rId_hyperlink_295"/>
     <hyperlink ref="A299" r:id="rId_hyperlink_296"/>
     <hyperlink ref="A300" r:id="rId_hyperlink_297"/>
     <hyperlink ref="A301" r:id="rId_hyperlink_298"/>
     <hyperlink ref="A302" r:id="rId_hyperlink_299"/>
     <hyperlink ref="A303" r:id="rId_hyperlink_300"/>
     <hyperlink ref="A304" r:id="rId_hyperlink_301"/>
     <hyperlink ref="A305" r:id="rId_hyperlink_302"/>
     <hyperlink ref="A306" r:id="rId_hyperlink_303"/>
     <hyperlink ref="A307" r:id="rId_hyperlink_304"/>
     <hyperlink ref="A308" r:id="rId_hyperlink_305"/>
     <hyperlink ref="A309" r:id="rId_hyperlink_306"/>
     <hyperlink ref="A310" r:id="rId_hyperlink_307"/>
     <hyperlink ref="A311" r:id="rId_hyperlink_308"/>
     <hyperlink ref="A312" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="A313" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="A314" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="A315" r:id="rId_hyperlink_312"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>