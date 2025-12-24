--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 171 резултата</t>
+    <t>Общо 174 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Национален план на Република България за развитие на способностите за управление на границите и за връщане на незаконно пребиваващи граждани на трети страни</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -212,50 +212,59 @@
   <si>
     <t>Наука и технологии</t>
   </si>
   <si>
     <t>04-05-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Актуализирана секторна пощенска политика на Република България</t>
   </si>
   <si>
     <t>17-11-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
   </si>
   <si>
     <t>13-06-2024 - 31-12-2031</t>
   </si>
   <si>
     <t>Национална научна програма „Критични и стратегически суровини за зелен преход и устойчиво развитие“</t>
   </si>
   <si>
     <t>18-07-2024 - 31-12-2029</t>
   </si>
   <si>
+    <t>Национална научна програма „ПЕТЪР БЕРОН. НАУКА И ИНОВАЦИИ С ЕВРОПА – 2025“ (ННП ПЕТЪР БЕРОН И НИЕ – 2025)</t>
+  </si>
+  <si>
+    <t>Програма</t>
+  </si>
+  <si>
+    <t>20-11-2025 - 31-12-2033</t>
+  </si>
+  <si>
     <t>Национална научна програма „Развитие на научните изследвания и иновациите в системата на българското предучилищно и училищно образование“</t>
   </si>
   <si>
     <t>04-12-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална програма „Повишаване на квалификацията в областта на ядрените технологии и ядреното инженерство“</t>
   </si>
   <si>
     <t>13-11-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална пътна карта за подобряване на условията за разгръщане на потенциала за развитие на водородните технологии и механизмите за производство и доставка на водород</t>
   </si>
   <si>
     <t>26-04-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална стратегия за цифрова трансформация на строителния сектор 2030 г.</t>
   </si>
   <si>
     <t>06-04-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Отчет за състоянието и Годишен план за развитието на информационните ресурси в администрацията и информационните ресурси на Единната електронна съобщителна мрежа на държавната администрация и за нуждите на националната сигурност</t>
@@ -263,50 +272,56 @@
   <si>
     <t>29-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Годишен план за насърчаване на ранното детско развитие за 2024 г.</t>
   </si>
   <si>
     <t>Образование</t>
   </si>
   <si>
     <t>04-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2023 г.</t>
   </si>
   <si>
     <t>11-01-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2024 г.</t>
   </si>
   <si>
     <t>27-12-2024 - 31-12-2025</t>
   </si>
   <si>
+    <t>Национална програма „Избирам да следвам в България“</t>
+  </si>
+  <si>
+    <t>03-12-2025 - 03-12-2030</t>
+  </si>
+  <si>
     <t>Национална програма „Модернизация на библиотеките в държавните висши училища“</t>
   </si>
   <si>
     <t>21-03-2024 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална програма „Образование с наука“</t>
   </si>
   <si>
     <t>27-06-2024 - 31-12-2028</t>
   </si>
   <si>
     <t>Национални програми за развитие на образованието - 2025 г.</t>
   </si>
   <si>
     <t>09-05-2025 - 31-12-2027</t>
   </si>
   <si>
     <t>Национални програми за развитие на образованието за 2023 г.</t>
   </si>
   <si>
     <t>31-05-2023 - 31-12-2024</t>
   </si>
   <si>
     <t>Национални програми за развитие на образованието за 2024 г.</t>
@@ -699,50 +714,59 @@
     <t>Общински план за развитие на Община Бяла Слатина 2007 - 2013 г.</t>
   </si>
   <si>
     <t>Бяла Слатина</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Бяла Слатина 2014-2020 г.</t>
   </si>
   <si>
     <t>Актуализация на Програмата за реализация на Плана за интегрирано развитие на община Варна за периода 2021-2027 г.</t>
   </si>
   <si>
     <t>11-05-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>План за интегрирано развитие на община Ветрино за периода 2021-2027 г.</t>
   </si>
   <si>
     <t>Ветрино</t>
   </si>
   <si>
     <t>Актуализиран План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
   </si>
   <si>
     <t>27-02-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Доклад за резултатите от междинната оценка на изпълнението на Плана за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>Доклади</t>
+  </si>
+  <si>
+    <t>28-10-2025 - Не е указан срок</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Враца 2014-2020 г.</t>
   </si>
   <si>
     <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2011</t>
   </si>
   <si>
     <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
   </si>
   <si>
     <t>Общинска стратегия за подобряване на бизнес средата с цел привличане на инвестиции 2014-2020г.</t>
   </si>
   <si>
     <t>Вълчи дол</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Габрово 2014-2020 г.</t>
   </si>
   <si>
     <t>Габрово</t>
   </si>
@@ -1424,72 +1448,72 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F174"/>
+  <dimension ref="A1:F177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A174" sqref="A174"/>
+      <selection activeCell="A177" sqref="A177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="270.077" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
@@ -1988,2963 +2012,3023 @@
     <row r="28" spans="1:6">
       <c r="A28" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>58</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
         <v>58</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>58</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
         <v>58</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
         <v>58</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" t="s">
         <v>107</v>
       </c>
-      <c r="B49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>107</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
         <v>128</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="E59" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F61" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
         <v>136</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
+        <v>136</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D66" t="s">
+        <v>144</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
+        <v>144</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D68" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>151</v>
       </c>
-      <c r="B69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
       <c r="F69" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D70" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
       <c r="F70" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>151</v>
+      </c>
+      <c r="D71" t="s">
         <v>154</v>
       </c>
-      <c r="B71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E71" t="s">
         <v>9</v>
       </c>
       <c r="F71" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D72" t="s">
+        <v>154</v>
+      </c>
+      <c r="E72" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D73" t="s">
         <v>160</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
       <c r="F73" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D74" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E74" t="s">
-        <v>162</v>
+        <v>9</v>
       </c>
       <c r="F74" t="s">
-        <v>163</v>
+        <v>132</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
         <v>164</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D75" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="E75" t="s">
-        <v>165</v>
+        <v>9</v>
       </c>
       <c r="F75" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>151</v>
+      </c>
+      <c r="D76" t="s">
+        <v>165</v>
+      </c>
+      <c r="E76" t="s">
         <v>167</v>
       </c>
-      <c r="B76" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>127</v>
+        <v>168</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D77" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="E77" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F77" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D78" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="E78" t="s">
-        <v>165</v>
+        <v>9</v>
       </c>
       <c r="F78" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D79" t="s">
         <v>174</v>
       </c>
       <c r="E79" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="F79" t="s">
-        <v>153</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D80" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E80" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="F80" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D81" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
       <c r="F81" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D82" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
       <c r="F82" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D83" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
       <c r="F83" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D84" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
       <c r="F84" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D85" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
       <c r="F85" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D86" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E86" t="s">
-        <v>185</v>
+        <v>9</v>
       </c>
       <c r="F86" t="s">
-        <v>186</v>
+        <v>158</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D87" t="s">
         <v>188</v>
       </c>
       <c r="E87" t="s">
         <v>9</v>
       </c>
       <c r="F87" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D88" t="s">
         <v>188</v>
       </c>
       <c r="E88" t="s">
-        <v>9</v>
+        <v>190</v>
       </c>
       <c r="F88" t="s">
-        <v>153</v>
+        <v>191</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D89" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E89" t="s">
         <v>9</v>
       </c>
       <c r="F89" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D90" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E90" t="s">
         <v>9</v>
       </c>
       <c r="F90" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D91" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E91" t="s">
-        <v>162</v>
+        <v>9</v>
       </c>
       <c r="F91" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D92" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E92" t="s">
         <v>9</v>
       </c>
       <c r="F92" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D93" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E93" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F93" t="s">
-        <v>197</v>
+        <v>158</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D94" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E94" t="s">
         <v>9</v>
       </c>
       <c r="F94" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>151</v>
+      </c>
+      <c r="D95" t="s">
         <v>199</v>
       </c>
-      <c r="B95" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E95" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F95" t="s">
-        <v>153</v>
+        <v>202</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D96" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E96" t="s">
         <v>9</v>
       </c>
       <c r="F96" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D97" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E97" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="F97" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D98" t="s">
         <v>205</v>
       </c>
       <c r="E98" t="s">
-        <v>165</v>
+        <v>9</v>
       </c>
       <c r="F98" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>207</v>
+        <v>151</v>
       </c>
       <c r="D99" t="s">
         <v>208</v>
       </c>
       <c r="E99" t="s">
         <v>9</v>
       </c>
       <c r="F99" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
         <v>209</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>207</v>
+        <v>151</v>
       </c>
       <c r="D100" t="s">
         <v>210</v>
       </c>
       <c r="E100" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="F100" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
         <v>211</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D101" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
       <c r="F101" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D102" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E102" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F102" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
         <v>216</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D103" t="s">
         <v>217</v>
       </c>
       <c r="E103" t="s">
         <v>9</v>
       </c>
       <c r="F103" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
         <v>218</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D104" t="s">
         <v>219</v>
       </c>
       <c r="E104" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F104" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D105" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E105" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F105" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D106" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E106" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F106" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D107" t="s">
-        <v>149</v>
+        <v>226</v>
       </c>
       <c r="E107" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F107" t="s">
-        <v>224</v>
+        <v>161</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D108" t="s">
         <v>226</v>
       </c>
       <c r="E108" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F108" t="s">
-        <v>186</v>
+        <v>132</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D109" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E109" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F109" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D110" t="s">
-        <v>158</v>
+        <v>231</v>
       </c>
       <c r="E110" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F110" t="s">
-        <v>127</v>
+        <v>191</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D111" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="E111" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F111" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B112" t="s">
-        <v>9</v>
+        <v>235</v>
       </c>
       <c r="C112" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D112" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="E112" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F112" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D113" t="s">
-        <v>234</v>
+        <v>163</v>
       </c>
       <c r="E113" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F113" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D114" t="s">
-        <v>236</v>
+        <v>163</v>
       </c>
       <c r="E114" t="s">
         <v>9</v>
       </c>
       <c r="F114" t="s">
-        <v>127</v>
+        <v>239</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D115" t="s">
-        <v>238</v>
+        <v>163</v>
       </c>
       <c r="E115" t="s">
         <v>9</v>
       </c>
       <c r="F115" t="s">
-        <v>153</v>
+        <v>239</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D116" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="E116" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F116" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D117" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E117" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F117" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D118" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E118" t="s">
         <v>9</v>
       </c>
       <c r="F118" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D119" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E119" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F119" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D120" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E120" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F120" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D121" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E121" t="s">
         <v>9</v>
       </c>
       <c r="F121" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D122" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
       <c r="F122" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D123" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E123" t="s">
         <v>9</v>
       </c>
       <c r="F123" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D124" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E124" t="s">
         <v>9</v>
       </c>
       <c r="F124" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D125" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="E125" t="s">
         <v>9</v>
       </c>
       <c r="F125" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D126" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="E126" t="s">
         <v>9</v>
       </c>
       <c r="F126" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D127" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E127" t="s">
         <v>9</v>
       </c>
       <c r="F127" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D128" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E128" t="s">
         <v>9</v>
       </c>
       <c r="F128" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D129" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="E129" t="s">
         <v>9</v>
       </c>
       <c r="F129" t="s">
-        <v>264</v>
+        <v>132</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D130" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="E130" t="s">
         <v>9</v>
       </c>
       <c r="F130" t="s">
-        <v>231</v>
+        <v>161</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D131" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D132" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="E132" t="s">
         <v>9</v>
       </c>
       <c r="F132" t="s">
-        <v>231</v>
+        <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D133" t="s">
         <v>269</v>
       </c>
       <c r="E133" t="s">
         <v>9</v>
       </c>
       <c r="F133" t="s">
-        <v>153</v>
+        <v>239</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D134" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E134" t="s">
         <v>9</v>
       </c>
       <c r="F134" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D135" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E135" t="s">
         <v>9</v>
       </c>
       <c r="F135" t="s">
-        <v>127</v>
+        <v>239</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D136" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E136" t="s">
         <v>9</v>
       </c>
       <c r="F136" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D137" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="E137" t="s">
         <v>9</v>
       </c>
       <c r="F137" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D138" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E138" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F138" t="s">
-        <v>279</v>
+        <v>132</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D139" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E139" t="s">
         <v>9</v>
       </c>
       <c r="F139" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D140" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E140" t="s">
         <v>9</v>
       </c>
       <c r="F140" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D141" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E141" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F141" t="s">
-        <v>127</v>
+        <v>287</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D142" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E142" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F142" t="s">
-        <v>287</v>
+        <v>158</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D143" t="s">
         <v>289</v>
       </c>
       <c r="E143" t="s">
         <v>9</v>
       </c>
       <c r="F143" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D144" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E144" t="s">
         <v>9</v>
       </c>
       <c r="F144" t="s">
-        <v>292</v>
+        <v>132</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
         <v>293</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D145" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="E145" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F145" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D146" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="E146" t="s">
         <v>9</v>
       </c>
       <c r="F146" t="s">
-        <v>231</v>
+        <v>132</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D147" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
-        <v>127</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D148" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
-        <v>156</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D149" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" t="s">
-        <v>127</v>
+        <v>239</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>212</v>
+      </c>
+      <c r="D150" t="s">
         <v>299</v>
       </c>
-      <c r="B150" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E150" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F150" t="s">
-        <v>300</v>
+        <v>132</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D151" t="s">
-        <v>177</v>
+        <v>299</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D152" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E152" t="s">
         <v>9</v>
       </c>
       <c r="F152" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D153" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E153" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F153" t="s">
-        <v>127</v>
+        <v>308</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D154" t="s">
-        <v>307</v>
+        <v>182</v>
       </c>
       <c r="E154" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F154" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D155" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E155" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F155" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D156" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E156" t="s">
         <v>9</v>
       </c>
       <c r="F156" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D157" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E157" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F157" t="s">
-        <v>127</v>
+        <v>110</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D158" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E158" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F158" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D159" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E159" t="s">
         <v>9</v>
       </c>
       <c r="F159" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D160" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="E160" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F160" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D161" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="E161" t="s">
         <v>9</v>
       </c>
       <c r="F161" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D162" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E162" t="s">
         <v>9</v>
       </c>
       <c r="F162" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D163" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E163" t="s">
         <v>9</v>
       </c>
       <c r="F163" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D164" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E164" t="s">
         <v>9</v>
       </c>
       <c r="F164" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D165" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="E165" t="s">
         <v>9</v>
       </c>
       <c r="F165" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D166" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E166" t="s">
         <v>9</v>
       </c>
       <c r="F166" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D167" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E167" t="s">
         <v>9</v>
       </c>
       <c r="F167" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D168" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E168" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F168" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D169" t="s">
-        <v>194</v>
+        <v>338</v>
       </c>
       <c r="E169" t="s">
         <v>9</v>
       </c>
       <c r="F169" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D170" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="E170" t="s">
-        <v>215</v>
+        <v>9</v>
       </c>
       <c r="F170" t="s">
-        <v>338</v>
+        <v>132</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D171" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E171" t="s">
-        <v>341</v>
+        <v>220</v>
       </c>
       <c r="F171" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D172" t="s">
-        <v>340</v>
+        <v>199</v>
       </c>
       <c r="E172" t="s">
         <v>9</v>
       </c>
       <c r="F172" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D173" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E173" t="s">
-        <v>9</v>
+        <v>220</v>
       </c>
       <c r="F173" t="s">
-        <v>127</v>
+        <v>346</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D174" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E174" t="s">
-        <v>215</v>
+        <v>349</v>
       </c>
       <c r="F174" t="s">
-        <v>127</v>
+        <v>158</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>212</v>
+      </c>
+      <c r="D175" t="s">
+        <v>348</v>
+      </c>
+      <c r="E175" t="s">
+        <v>9</v>
+      </c>
+      <c r="F175" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>212</v>
+      </c>
+      <c r="D176" t="s">
+        <v>352</v>
+      </c>
+      <c r="E176" t="s">
+        <v>9</v>
+      </c>
+      <c r="F176" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>212</v>
+      </c>
+      <c r="D177" t="s">
+        <v>354</v>
+      </c>
+      <c r="E177" t="s">
+        <v>220</v>
+      </c>
+      <c r="F177" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -5080,50 +5164,53 @@
     <hyperlink ref="A150" r:id="rId_hyperlink_147"/>
     <hyperlink ref="A151" r:id="rId_hyperlink_148"/>
     <hyperlink ref="A152" r:id="rId_hyperlink_149"/>
     <hyperlink ref="A153" r:id="rId_hyperlink_150"/>
     <hyperlink ref="A154" r:id="rId_hyperlink_151"/>
     <hyperlink ref="A155" r:id="rId_hyperlink_152"/>
     <hyperlink ref="A156" r:id="rId_hyperlink_153"/>
     <hyperlink ref="A157" r:id="rId_hyperlink_154"/>
     <hyperlink ref="A158" r:id="rId_hyperlink_155"/>
     <hyperlink ref="A159" r:id="rId_hyperlink_156"/>
     <hyperlink ref="A160" r:id="rId_hyperlink_157"/>
     <hyperlink ref="A161" r:id="rId_hyperlink_158"/>
     <hyperlink ref="A162" r:id="rId_hyperlink_159"/>
     <hyperlink ref="A163" r:id="rId_hyperlink_160"/>
     <hyperlink ref="A164" r:id="rId_hyperlink_161"/>
     <hyperlink ref="A165" r:id="rId_hyperlink_162"/>
     <hyperlink ref="A166" r:id="rId_hyperlink_163"/>
     <hyperlink ref="A167" r:id="rId_hyperlink_164"/>
     <hyperlink ref="A168" r:id="rId_hyperlink_165"/>
     <hyperlink ref="A169" r:id="rId_hyperlink_166"/>
     <hyperlink ref="A170" r:id="rId_hyperlink_167"/>
     <hyperlink ref="A171" r:id="rId_hyperlink_168"/>
     <hyperlink ref="A172" r:id="rId_hyperlink_169"/>
     <hyperlink ref="A173" r:id="rId_hyperlink_170"/>
     <hyperlink ref="A174" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="A175" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="A176" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="A177" r:id="rId_hyperlink_174"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>