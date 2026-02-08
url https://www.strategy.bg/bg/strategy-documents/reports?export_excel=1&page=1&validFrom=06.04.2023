--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 174 резултата</t>
+    <t>Общо 171 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Национален план на Република България за развитие на способностите за управление на границите и за връщане на незаконно пребиваващи граждани на трети страни</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -332,678 +332,675 @@
   <si>
     <t>План за засилване на ролята на здравно образование в българското училище</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Програма за дейността на Центъра за образователна интеграция на децата и учениците от етническите малцинства за периода 2025-2027 г.</t>
   </si>
   <si>
     <t>26-09-2025 - 31-12-2027</t>
   </si>
   <si>
     <t>Програма за изграждане на нови и основен ремонт на съществуващи спортни площадки в държавните и общинските училища</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2024</t>
   </si>
   <si>
     <t>Програми за разширяване и подобряване на сградния фонд и материалната база в системата на образованието за периода 2024 - 2026 г.</t>
   </si>
   <si>
     <t>04-10-2023 - 31-12-2027</t>
   </si>
   <si>
-    <t>Национална стратегия за околна среда 2021 – 2030 г.</t>
+    <t>Актуализирана Национална програма за контрол на замърсяването на въздуха 2020 – 2030 г.</t>
+  </si>
+  <si>
+    <t>Национална програма</t>
   </si>
   <si>
     <t>Околна среда</t>
   </si>
   <si>
-    <t>02-11-2023 - 31-12-2030</t>
-[...2 lines deleted...]
-    <t>План за управление на риска от наводнения в Дунавски район за басейново управление за периода 2022 - 2027 г.</t>
+    <t>02-07-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Годишен план за 2024 г. за изпълнение на Националната програма за намаляване на риска от бедствия 2021-2025 г.</t>
+  </si>
+  <si>
+    <t>Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
+    <t>17-06-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национален план за противодействие на тероризма</t>
+  </si>
+  <si>
+    <t>24-08-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална програма за превенция и защита от домашно насилие за 2023 г.</t>
+  </si>
+  <si>
+    <t>12-04-2023 - 31-12-2023</t>
+  </si>
+  <si>
+    <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите</t>
+  </si>
+  <si>
+    <t>07-12-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Национална стратегия за управление на миграцията и убежището 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>03-09-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Стратегия за противодействие на изпирането на пари и финансирането на тероризма в Република България за периода 2023-2027 година</t>
+  </si>
+  <si>
+    <t>31-08-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Морски пространствен план на Република България 2021-2035 г.</t>
+  </si>
+  <si>
+    <t>Регионална политика</t>
+  </si>
+  <si>
+    <t>23-05-2023 - 31-12-2035</t>
+  </si>
+  <si>
+    <t>Националната програма за превенция и ограничаване на свлачищата на територията на Република България, ерозията и абразията по Дунавското и Черноморското крайбрежие 2015-2020 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2020</t>
+  </si>
+  <si>
+    <t>Последваща оценка на въздействието на Закона за регионално развитие и Правилника за неговото прилагане за периода 2013-2023</t>
+  </si>
+  <si>
+    <t>19-12-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национален план за действие за борба с антисемитизма (2023 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>18-10-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Отчет за 2022 на Актуализираната национална стратегия за демографско развитие на населението в Република България (2012-2030 г.)</t>
+  </si>
+  <si>
+    <t>07-02-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национален план за търсене и спасяване в българския морски отговорен район за търсене и спасяване</t>
+  </si>
+  <si>
+    <t>Транспорт</t>
+  </si>
+  <si>
+    <t>14-08-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2025-2028 г.</t>
+  </si>
+  <si>
+    <t>Финанси и данъчна политика</t>
+  </si>
+  <si>
+    <t>24-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Национален план за въвеждане на еврото в Република България</t>
+  </si>
+  <si>
+    <t>13-11-2023 - 31-12-2025</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на държавния дълг. Актуализации по години.</t>
+  </si>
+  <si>
+    <t>25-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Бургас за периода 2014 -2020 г.</t>
+  </si>
+  <si>
+    <t>Областно</t>
+  </si>
+  <si>
+    <t>Бургас</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Варна 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Варна</t>
+  </si>
+  <si>
+    <t>Областна стратегия за младежта на Област Варна 2013-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Варна за периода 2012 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Варна 2011 - 2015</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2015</t>
+  </si>
+  <si>
+    <t>Стратегия за устойчиво развитие на туризма в област Видин 2009-2013 г.</t>
+  </si>
+  <si>
+    <t>Видин</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2013</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Враца 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Враца</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на българските граждани от ромски произход на Област Добрич 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Добрич</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Добрич (2020 – 2022 г.)</t>
+  </si>
+  <si>
+    <t>Областен управител</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2022</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Добрич (2024-2026 г.)</t>
+  </si>
+  <si>
+    <t>Областния съвет за развитие</t>
+  </si>
+  <si>
+    <t>09-04-2024 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване на безопасността на движението по пътищата в Област Добрич 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Ловеч 2025 – 2026 г.</t>
+  </si>
+  <si>
+    <t>Ловеч</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2026</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите в Област Монтана 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Монтана</t>
+  </si>
+  <si>
+    <t>Стратегия за намаляване на жертвите по пътищата на Област Пазарджик 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>Пазарджик</t>
+  </si>
+  <si>
+    <t>Стратегия на Област Пазарджик за интегриране на ромите (2012-2020 г.)</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Плевен 2012 - 2015 г.</t>
+  </si>
+  <si>
+    <t>Плевен</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област Плевен 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за подобряване безопасността на движението по пътищата на Област Разград 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Разград</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги в Област Разград 2011 -2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Силистра 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Силистра</t>
+  </si>
+  <si>
+    <t>Програма за енергийна ефективност на област Силистра (2020 - 2027 г.)</t>
+  </si>
+  <si>
+    <t>Областния съвет за енергийна ефективност</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите в Софийска област 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Софийска</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Софийска област 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област София 2005-2015 г.</t>
+  </si>
+  <si>
+    <t>София</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в Област София 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Областен план за младежта за 2015 г.</t>
+  </si>
+  <si>
+    <t>Търговище</t>
+  </si>
+  <si>
+    <t>Областен план за младежта на Област Търговище 2013 г.</t>
+  </si>
+  <si>
+    <t>Областен план за младежта на Област Търговище 2014 година</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2014</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Търговище за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на социалните услуги в област Хасково 2011-2015г.</t>
+  </si>
+  <si>
+    <t>Хасково</t>
+  </si>
+  <si>
+    <t>Стратегия за подобряване безопасността на движението по пътищата в Област Хасково 2011-2020 г.</t>
+  </si>
+  <si>
+    <t>Областна стратегия за интегриране на ромите на Област Шумен 2012-2020 г.</t>
+  </si>
+  <si>
+    <t>Шумен</t>
+  </si>
+  <si>
+    <t>Областна стратегия за развитие на Област Ямбол 2014-2020</t>
+  </si>
+  <si>
+    <t>Ямбол</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Белене за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общинско</t>
+  </si>
+  <si>
+    <t>Белене</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Белица 2014-2020</t>
+  </si>
+  <si>
+    <t>Белица</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Белослав за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Белослав</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 на Община Бойница</t>
+  </si>
+  <si>
+    <t>Бойница</t>
+  </si>
+  <si>
+    <t>Общинския съвет</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Борован 2014 – 2020 г.</t>
+  </si>
+  <si>
+    <t>Борован</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Брегово за периода 2014-2020</t>
+  </si>
+  <si>
+    <t>Брегово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла Слатина 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Бяла Слатина</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Бяла Слатина 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Актуализация на Програмата за реализация на Плана за интегрирано развитие на община Варна за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>11-05-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Ветрино за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Ветрино</t>
+  </si>
+  <si>
+    <t>Актуализиран План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>27-02-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Доклад за резултатите от междинната оценка на изпълнението на Плана за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
+  </si>
+  <si>
+    <t>Доклади</t>
+  </si>
+  <si>
+    <t>28-10-2025 - Не е указан срок</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Враца 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2011</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за подобряване на бизнес средата с цел привличане на инвестиции 2014-2020г.</t>
+  </si>
+  <si>
+    <t>Вълчи дол</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Габрово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Габрово</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на социалните услуги на Община Генерал Тошево 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Генерал-Тошево</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Гоце Делчев 2014 - 2020 г.</t>
+  </si>
+  <si>
+    <t>Гоце Делчев</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Гърмен 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Гърмен</t>
+  </si>
+  <si>
+    <t>Програма и план за действие за овладяване популацията на безстопанствени кучета на територията на Община Две могили 2026-2028 г.</t>
+  </si>
+  <si>
+    <t>Две могили</t>
+  </si>
+  <si>
+    <t>22-01-2026 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Димово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Димово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Долна Митрополия за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Долна Митрополия</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Долни Дъбник 2014- 2020 г.</t>
+  </si>
+  <si>
+    <t>Долни Дъбник</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Дулово за периода 2014-2020 година</t>
+  </si>
+  <si>
+    <t>Дулово</t>
+  </si>
+  <si>
+    <t>Програма за енергийна ефективност на Община Ивайловград 2012-2015 г.</t>
+  </si>
+  <si>
+    <t>Ивайловград</t>
+  </si>
+  <si>
+    <t>Общински план за развитие 2014-2020 г. на Община Исперих</t>
+  </si>
+  <si>
+    <t>Исперих</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за развитие на социалните услуги в Община Карлово 2010-2015 г.</t>
+  </si>
+  <si>
+    <t>Карлово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Карлово 2007-2013 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Ковачевци 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Ковачевци</t>
+  </si>
+  <si>
+    <t>Общинска програма за опазване на околната среда 2010-2013 г. на Община Козлодуй</t>
+  </si>
+  <si>
+    <t>Козлодуй</t>
+  </si>
+  <si>
+    <t>Програма за поетапно решаване на проблемите, свързани с материалната база на общинските училища до 2015 г</t>
+  </si>
+  <si>
+    <t>Програма за развитие на образователната система в Община Козлодуй за 2010 г.</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 31-12-2010</t>
+  </si>
+  <si>
+    <t>Програма за развитие на туризма за периода на 2008-2011 г. на територията на Община Козлодуй</t>
+  </si>
+  <si>
+    <t>Програма за управление на Община Козлодуй за периода 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на общинската собственост на Община Козлодуй за периода 2008 - 2011 г.</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за социални услуги на Община Костинброд 2011-2015г.</t>
+  </si>
+  <si>
+    <t>Костинброд</t>
+  </si>
+  <si>
+    <t>Общинска стратегия за развитие на социалните услуги в Община Криводол 2011-2015 г.</t>
+  </si>
+  <si>
+    <t>Криводол</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Криводол за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Кула (2014-2020 г.)</t>
+  </si>
+  <si>
+    <t>Кула</t>
+  </si>
+  <si>
+    <t>Община Летница. План за развитие на общината за периода 2014 - 2020 година</t>
+  </si>
+  <si>
+    <t>Летница</t>
+  </si>
+  <si>
+    <t>План за устойчива градска мобилност на община Лом 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>Лом</t>
+  </si>
+  <si>
+    <t>31-07-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общинска програма за енергийна ефективност на Община Мизия 2010-2015 г.</t>
+  </si>
+  <si>
+    <t>Мизия</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Мизия 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Никопол за 2014 - 2020 година</t>
+  </si>
+  <si>
+    <t>Никопол</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Нови пазар (ПИРО) 2024-2027 г.</t>
+  </si>
+  <si>
+    <t>Нови пазар</t>
+  </si>
+  <si>
+    <t>28-11-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Омуртаг 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Омуртаг</t>
+  </si>
+  <si>
+    <t>Комуникационна стратегия на Община Оряхово</t>
+  </si>
+  <si>
+    <t>Оряхово</t>
+  </si>
+  <si>
+    <t>01-01-9999 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Концепция на Стратегия за местно развитие на МИГ “Оряхово”</t>
+  </si>
+  <si>
+    <t>Общински план за превенция на корупцията в Община Оряхово за периоада 2009 - 2011 година</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Оряхово 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Оряхово за периода 2007 - 2013 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Перник 2014 - 2020г.</t>
+  </si>
+  <si>
+    <t>Перник</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на Община Перник за периода 2021-2027 г.</t>
+  </si>
+  <si>
+    <t>08-06-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за развитие на Община Плевен за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Попово за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Попово</t>
+  </si>
+  <si>
+    <t>Общински план за развитие на Община Пордим за периода 2014-2020 г.</t>
+  </si>
+  <si>
+    <t>Пордим</t>
+  </si>
+  <si>
+    <t>План за интегрирано развитие на община Радомир 2021-2027 година</t>
+  </si>
+  <si>
+    <t>Радомир</t>
   </si>
   <si>
     <t>28-12-2023 - 31-12-2027</t>
-  </si>
-[...613 lines deleted...]
-    <t>Радомир</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Разлог 2014 - 2020г.</t>
   </si>
   <si>
     <t>Разлог</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Роман за периода 2014-2020 г.</t>
   </si>
   <si>
     <t>Роман</t>
   </si>
   <si>
     <t>Общински план за развитие на община Руен 2014-2021 г.</t>
   </si>
   <si>
     <t>Руен</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Самоков 2007-2013 г.</t>
   </si>
   <si>
     <t>Самоков</t>
   </si>
@@ -1448,62 +1445,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1670" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1678" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1677" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1676" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1675" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1733" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1732" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F177"/>
+  <dimension ref="A1:F174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A177" sqref="A177"/>
+      <selection activeCell="A174" sqref="A174"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="270.077" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
@@ -2392,2643 +2389,2583 @@
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
         <v>80</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>107</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>10</v>
+      </c>
+      <c r="D50" t="s">
         <v>111</v>
       </c>
-      <c r="B50" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
         <v>124</v>
       </c>
-      <c r="B57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F57" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="E61" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D64" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F64" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D65" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F65" t="s">
-        <v>145</v>
+        <v>127</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>146</v>
       </c>
-      <c r="B66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F66" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="D67" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F67" t="s">
-        <v>149</v>
+        <v>127</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D68" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D69" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
       <c r="F69" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D70" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
       <c r="F70" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D71" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="E71" t="s">
         <v>9</v>
       </c>
       <c r="F71" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D72" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="E72" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="F72" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D73" t="s">
         <v>160</v>
       </c>
       <c r="E73" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="F73" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D74" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
       <c r="F74" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D75" t="s">
+        <v>169</v>
+      </c>
+      <c r="E75" t="s">
         <v>165</v>
       </c>
-      <c r="E75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D76" t="s">
+        <v>172</v>
+      </c>
+      <c r="E76" t="s">
         <v>165</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>168</v>
+        <v>127</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D77" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="E77" t="s">
-        <v>170</v>
+        <v>9</v>
       </c>
       <c r="F77" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D78" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
       <c r="F78" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D79" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E79" t="s">
-        <v>170</v>
+        <v>9</v>
       </c>
       <c r="F79" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D80" t="s">
         <v>177</v>
       </c>
       <c r="E80" t="s">
-        <v>170</v>
+        <v>9</v>
       </c>
       <c r="F80" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D81" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
       <c r="F81" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>146</v>
+      </c>
+      <c r="D82" t="s">
         <v>180</v>
       </c>
-      <c r="B82" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
       <c r="F82" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D83" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
       <c r="F83" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>146</v>
+      </c>
+      <c r="D84" t="s">
         <v>183</v>
       </c>
-      <c r="B84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>9</v>
+        <v>185</v>
       </c>
       <c r="F84" t="s">
-        <v>158</v>
+        <v>186</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D85" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
       <c r="F85" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D86" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
       <c r="F86" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D87" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E87" t="s">
         <v>9</v>
       </c>
       <c r="F87" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D88" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E88" t="s">
-        <v>190</v>
+        <v>9</v>
       </c>
       <c r="F88" t="s">
-        <v>191</v>
+        <v>153</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D89" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E89" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="F89" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>146</v>
+      </c>
+      <c r="D90" t="s">
         <v>194</v>
       </c>
-      <c r="B90" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E90" t="s">
         <v>9</v>
       </c>
       <c r="F90" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D91" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E91" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="F91" t="s">
-        <v>158</v>
+        <v>197</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D92" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E92" t="s">
         <v>9</v>
       </c>
       <c r="F92" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D93" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E93" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="F93" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>146</v>
+      </c>
+      <c r="D94" t="s">
         <v>200</v>
       </c>
-      <c r="B94" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E94" t="s">
         <v>9</v>
       </c>
       <c r="F94" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D95" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E95" t="s">
-        <v>167</v>
+        <v>9</v>
       </c>
       <c r="F95" t="s">
-        <v>202</v>
+        <v>127</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="D96" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="E96" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="F96" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="D97" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E97" t="s">
-        <v>170</v>
+        <v>9</v>
       </c>
       <c r="F97" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="D98" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
       <c r="F98" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="D99" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E99" t="s">
         <v>9</v>
       </c>
       <c r="F99" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="D100" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="E100" t="s">
-        <v>170</v>
+        <v>215</v>
       </c>
       <c r="F100" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D101" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
       <c r="F101" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D102" t="s">
+        <v>219</v>
+      </c>
+      <c r="E102" t="s">
         <v>215</v>
       </c>
-      <c r="E102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F102" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D103" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="E103" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F103" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D104" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E104" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F104" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D105" t="s">
-        <v>222</v>
+        <v>149</v>
       </c>
       <c r="E105" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F105" t="s">
-        <v>132</v>
+        <v>224</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D106" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E106" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F106" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D107" t="s">
-        <v>226</v>
+        <v>158</v>
       </c>
       <c r="E107" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F107" t="s">
-        <v>161</v>
+        <v>228</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>230</v>
       </c>
       <c r="C108" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D108" t="s">
-        <v>226</v>
+        <v>158</v>
       </c>
       <c r="E108" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F108" t="s">
-        <v>132</v>
+        <v>231</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D109" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E109" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F109" t="s">
-        <v>229</v>
+        <v>127</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D110" t="s">
-        <v>231</v>
+        <v>158</v>
       </c>
       <c r="E110" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F110" t="s">
-        <v>191</v>
+        <v>234</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D111" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="E111" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F111" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B112" t="s">
-        <v>235</v>
+        <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D112" t="s">
-        <v>163</v>
+        <v>237</v>
       </c>
       <c r="E112" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F112" t="s">
-        <v>236</v>
+        <v>127</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D113" t="s">
-        <v>163</v>
+        <v>239</v>
       </c>
       <c r="E113" t="s">
         <v>9</v>
       </c>
       <c r="F113" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D114" t="s">
-        <v>163</v>
+        <v>241</v>
       </c>
       <c r="E114" t="s">
         <v>9</v>
       </c>
       <c r="F114" t="s">
-        <v>239</v>
+        <v>153</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D115" t="s">
-        <v>163</v>
+        <v>243</v>
       </c>
       <c r="E115" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F115" t="s">
-        <v>239</v>
+        <v>127</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D116" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E116" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F116" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B117" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="C117" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D117" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="E117" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F117" t="s">
-        <v>132</v>
+        <v>248</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D118" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="E118" t="s">
         <v>9</v>
       </c>
       <c r="F118" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D119" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="E119" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F119" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D120" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E120" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F120" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D121" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E121" t="s">
         <v>9</v>
       </c>
       <c r="F121" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D122" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
       <c r="F122" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D123" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="E123" t="s">
         <v>9</v>
       </c>
       <c r="F123" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D124" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E124" t="s">
         <v>9</v>
       </c>
       <c r="F124" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D125" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E125" t="s">
         <v>9</v>
       </c>
       <c r="F125" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D126" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="E126" t="s">
         <v>9</v>
       </c>
       <c r="F126" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D127" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E127" t="s">
         <v>9</v>
       </c>
       <c r="F127" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D128" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E128" t="s">
         <v>9</v>
       </c>
       <c r="F128" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D129" t="s">
         <v>267</v>
       </c>
       <c r="E129" t="s">
         <v>9</v>
       </c>
       <c r="F129" t="s">
-        <v>132</v>
+        <v>270</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D130" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="E130" t="s">
         <v>9</v>
       </c>
       <c r="F130" t="s">
-        <v>161</v>
+        <v>234</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D131" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D132" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="E132" t="s">
         <v>9</v>
       </c>
       <c r="F132" t="s">
-        <v>272</v>
+        <v>234</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D133" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="E133" t="s">
         <v>9</v>
       </c>
       <c r="F133" t="s">
-        <v>239</v>
+        <v>153</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D134" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="E134" t="s">
         <v>9</v>
       </c>
       <c r="F134" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D135" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="E135" t="s">
         <v>9</v>
       </c>
       <c r="F135" t="s">
-        <v>239</v>
+        <v>127</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D136" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="E136" t="s">
         <v>9</v>
       </c>
       <c r="F136" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D137" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="E137" t="s">
         <v>9</v>
       </c>
       <c r="F137" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D138" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E138" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F138" t="s">
-        <v>132</v>
+        <v>285</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D139" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E139" t="s">
         <v>9</v>
       </c>
       <c r="F139" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D140" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E140" t="s">
         <v>9</v>
       </c>
       <c r="F140" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D141" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E141" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F141" t="s">
-        <v>287</v>
+        <v>127</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D142" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E142" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F142" t="s">
-        <v>158</v>
+        <v>293</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D143" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="E143" t="s">
         <v>9</v>
       </c>
       <c r="F143" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D144" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="E144" t="s">
         <v>9</v>
       </c>
       <c r="F144" t="s">
-        <v>132</v>
+        <v>298</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D145" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E145" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F145" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D146" t="s">
         <v>297</v>
       </c>
       <c r="E146" t="s">
         <v>9</v>
       </c>
       <c r="F146" t="s">
-        <v>132</v>
+        <v>234</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D147" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
-        <v>300</v>
+        <v>127</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D148" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
-        <v>300</v>
+        <v>156</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D149" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" t="s">
-        <v>239</v>
+        <v>127</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D150" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="E150" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F150" t="s">
-        <v>132</v>
+        <v>306</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D151" t="s">
-        <v>299</v>
+        <v>177</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D152" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="E152" t="s">
         <v>9</v>
       </c>
       <c r="F152" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D153" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="E153" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F153" t="s">
-        <v>308</v>
+        <v>127</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D154" t="s">
-        <v>182</v>
+        <v>313</v>
       </c>
       <c r="E154" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F154" t="s">
-        <v>132</v>
+        <v>314</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D155" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="E155" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F155" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D156" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="E156" t="s">
         <v>9</v>
       </c>
       <c r="F156" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D157" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="E157" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F157" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D158" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="E158" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F158" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D159" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E159" t="s">
         <v>9</v>
       </c>
       <c r="F159" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D160" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="E160" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F160" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D161" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="E161" t="s">
         <v>9</v>
       </c>
       <c r="F161" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D162" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="E162" t="s">
         <v>9</v>
       </c>
       <c r="F162" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D163" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="E163" t="s">
         <v>9</v>
       </c>
       <c r="F163" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D164" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="E164" t="s">
         <v>9</v>
       </c>
       <c r="F164" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D165" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="E165" t="s">
         <v>9</v>
       </c>
       <c r="F165" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D166" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="E166" t="s">
         <v>9</v>
       </c>
       <c r="F166" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D167" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E167" t="s">
         <v>9</v>
       </c>
       <c r="F167" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D168" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E168" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F168" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D169" t="s">
-        <v>338</v>
+        <v>194</v>
       </c>
       <c r="E169" t="s">
         <v>9</v>
       </c>
       <c r="F169" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D170" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="E170" t="s">
-        <v>9</v>
+        <v>215</v>
       </c>
       <c r="F170" t="s">
-        <v>132</v>
+        <v>345</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D171" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="E171" t="s">
-        <v>220</v>
+        <v>348</v>
       </c>
       <c r="F171" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D172" t="s">
-        <v>199</v>
+        <v>347</v>
       </c>
       <c r="E172" t="s">
         <v>9</v>
       </c>
       <c r="F172" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D173" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="E173" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="F173" t="s">
-        <v>346</v>
+        <v>127</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D174" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="E174" t="s">
-        <v>349</v>
+        <v>215</v>
       </c>
       <c r="F174" t="s">
-        <v>158</v>
-[...59 lines deleted...]
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -5164,53 +5101,50 @@
     <hyperlink ref="A150" r:id="rId_hyperlink_147"/>
     <hyperlink ref="A151" r:id="rId_hyperlink_148"/>
     <hyperlink ref="A152" r:id="rId_hyperlink_149"/>
     <hyperlink ref="A153" r:id="rId_hyperlink_150"/>
     <hyperlink ref="A154" r:id="rId_hyperlink_151"/>
     <hyperlink ref="A155" r:id="rId_hyperlink_152"/>
     <hyperlink ref="A156" r:id="rId_hyperlink_153"/>
     <hyperlink ref="A157" r:id="rId_hyperlink_154"/>
     <hyperlink ref="A158" r:id="rId_hyperlink_155"/>
     <hyperlink ref="A159" r:id="rId_hyperlink_156"/>
     <hyperlink ref="A160" r:id="rId_hyperlink_157"/>
     <hyperlink ref="A161" r:id="rId_hyperlink_158"/>
     <hyperlink ref="A162" r:id="rId_hyperlink_159"/>
     <hyperlink ref="A163" r:id="rId_hyperlink_160"/>
     <hyperlink ref="A164" r:id="rId_hyperlink_161"/>
     <hyperlink ref="A165" r:id="rId_hyperlink_162"/>
     <hyperlink ref="A166" r:id="rId_hyperlink_163"/>
     <hyperlink ref="A167" r:id="rId_hyperlink_164"/>
     <hyperlink ref="A168" r:id="rId_hyperlink_165"/>
     <hyperlink ref="A169" r:id="rId_hyperlink_166"/>
     <hyperlink ref="A170" r:id="rId_hyperlink_167"/>
     <hyperlink ref="A171" r:id="rId_hyperlink_168"/>
     <hyperlink ref="A172" r:id="rId_hyperlink_169"/>
     <hyperlink ref="A173" r:id="rId_hyperlink_170"/>
     <hyperlink ref="A174" r:id="rId_hyperlink_171"/>
-    <hyperlink ref="A175" r:id="rId_hyperlink_172"/>
-[...1 lines deleted...]
-    <hyperlink ref="A177" r:id="rId_hyperlink_174"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>