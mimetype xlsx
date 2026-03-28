--- v2 (2026-02-08)
+++ v3 (2026-03-28)
@@ -12,496 +12,583 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 171 резултата</t>
+    <t>Общо 183 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
+    <t>Годишен план за 2024 г. за изпълнение на Националната програма за намаляване на риска от бедствия 2021-2025 г.</t>
+  </si>
+  <si>
+    <t>План за изпълнение</t>
+  </si>
+  <si>
+    <t>Национално</t>
+  </si>
+  <si>
+    <t>02. Вътрешен ред и сигурност</t>
+  </si>
+  <si>
+    <t>Министерския съвет</t>
+  </si>
+  <si>
+    <t>17-06-2024 - 31-12-2024</t>
+  </si>
+  <si>
+    <t>Национален план за противодействие на тероризма</t>
+  </si>
+  <si>
+    <t>24-08-2023 - 01-01-9999</t>
+  </si>
+  <si>
     <t>Национален план на Република България за развитие на способностите за управление на границите и за връщане на незаконно пребиваващи граждани на трети страни</t>
   </si>
   <si>
+    <t>План за действие</t>
+  </si>
+  <si>
+    <t>11-05-2023 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална стратегия за интегрирано гранично управление в Република България 2024 - 2027 г.</t>
+  </si>
+  <si>
+    <t>Национална стратегия</t>
+  </si>
+  <si>
+    <t>26-03-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национална стратегия за управление на миграцията и убежището 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>03-09-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Концепция за развитие на регулаторната политика на Република България 2025-2027 г.</t>
+  </si>
+  <si>
+    <t>Концепция</t>
+  </si>
+  <si>
+    <t>05. Добро управление</t>
+  </si>
+  <si>
+    <t>21-03-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>План за действие за внедряване на административни услуги на принципа „епизод от живота“</t>
+  </si>
+  <si>
+    <t>План за намаляване на административната тежест</t>
+  </si>
+  <si>
+    <t>29-03-2024 - 01-01-9999</t>
+  </si>
+  <si>
+    <t>Национална програма за профилактика на оралните заболявания при деца от 0 до 18 г. в Република България 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>Национална програма</t>
+  </si>
+  <si>
+    <t>07. Здравеопазване</t>
+  </si>
+  <si>
+    <t>11-02-2026 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
+  </si>
+  <si>
+    <t>11. Научни изследвания и иновации</t>
+  </si>
+  <si>
+    <t>13-06-2024 - 31-12-2031</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Критични и стратегически суровини за зелен преход и устойчиво развитие“</t>
+  </si>
+  <si>
+    <t>18-07-2024 - 31-12-2029</t>
+  </si>
+  <si>
+    <t>Национална научна програма „ПЕТЪР БЕРОН. НАУКА И ИНОВАЦИИ С ЕВРОПА – 2025“ (ННП ПЕТЪР БЕРОН И НИЕ – 2025)</t>
+  </si>
+  <si>
+    <t>20-11-2025 - 31-12-2033</t>
+  </si>
+  <si>
+    <t>Национална научна програма „Развитие на научните изследвания и иновациите в системата на българското предучилищно и училищно образование“</t>
+  </si>
+  <si>
+    <t>04-12-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма „Повишаване на квалификацията в областта на ядрените технологии и ядреното инженерство“</t>
+  </si>
+  <si>
+    <t>13-11-2024 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма „Избирам да следвам в България“</t>
+  </si>
+  <si>
+    <t>Програма</t>
+  </si>
+  <si>
+    <t>12. Образование</t>
+  </si>
+  <si>
+    <t>03-12-2025 - 03-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма „Модернизация на библиотеките в държавните висши училища“</t>
+  </si>
+  <si>
+    <t>21-03-2024 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Национална програма „Образование с наука“</t>
+  </si>
+  <si>
+    <t>27-06-2024 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Национални програми за развитие на образованието - 2025 г.</t>
+  </si>
+  <si>
+    <t>09-05-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Програма за дейността на Центъра за образователна интеграция на децата и учениците от етническите малцинства за периода 2025-2027 г.</t>
+  </si>
+  <si>
+    <t>26-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Програми за разширяване и подобряване на сградния фонд и материалната база в системата на образованието за периода 2024 - 2026 г.</t>
+  </si>
+  <si>
+    <t>04-10-2023 - 31-12-2027</t>
+  </si>
+  <si>
+    <t>Актуализирана Национална програма за контрол на замърсяването на въздуха 2020 – 2030 г.</t>
+  </si>
+  <si>
+    <t>13. Околна среда</t>
+  </si>
+  <si>
+    <t>02-07-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Морски пространствен план на Република България 2021-2035 г.</t>
+  </si>
+  <si>
+    <t>Стратегия</t>
+  </si>
+  <si>
+    <t>17. Регионално развитие</t>
+  </si>
+  <si>
+    <t>23-05-2023 - 31-12-2035</t>
+  </si>
+  <si>
+    <t>Актуализирана средносрочна бюджетна прогноза за периода 2025-2028 г.</t>
+  </si>
+  <si>
+    <t>Други документи</t>
+  </si>
+  <si>
+    <t>21. Финансова политика</t>
+  </si>
+  <si>
+    <t>24-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Стратегия за управление на държавния дълг. Актуализации по години.</t>
+  </si>
+  <si>
+    <t>25-02-2025 - 31-12-2028</t>
+  </si>
+  <si>
+    <t>Национална отбранителна стратегия</t>
+  </si>
+  <si>
     <t>---</t>
   </si>
   <si>
-    <t>Национално</t>
-[...11 lines deleted...]
-    <t>Национална отбранителна стратегия</t>
+    <t>Архив - Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>06-03-2025 - 31-12-2035</t>
   </si>
   <si>
     <t>Национална пътна карта с дейности по сътрудничеството на Република България с Организацията за икономическо сътрудничество и развитие (ОИСР) за тригодишния период от 2023 г. до 2025 г.</t>
   </si>
   <si>
     <t>13-04-2023 - 31-12-2025</t>
   </si>
   <si>
-    <t>Национална стратегия за интегрирано гранично управление в Република България 2024 - 2027 г.</t>
-[...4 lines deleted...]
-  <si>
     <t>Административeн мониторингов доклад за изпълнението през 202З г. на Националната стратегия на Република България за равенство, приобщаване и участие на ромите (2021 - 2030)</t>
   </si>
   <si>
-    <t>Държавна администрация</t>
+    <t>Доклади</t>
+  </si>
+  <si>
+    <t>Архив - Държавна администрация</t>
   </si>
   <si>
     <t>08-08-2024 - 01-01-9999</t>
   </si>
   <si>
-    <t>Концепция за развитие на регулаторната политика на Република България 2025-2027 г.</t>
-[...4 lines deleted...]
-  <si>
     <t>Национална програма за превенция и защита от домашното насилие за периода 2024 – 2026 г.</t>
   </si>
   <si>
     <t>01-10-2024 - 01-01-9999</t>
   </si>
   <si>
-    <t>План за действие за внедряване на административни услуги на принципа „епизод от живота“</t>
-[...7 lines deleted...]
-  <si>
     <t>Цифрова трансформация на България за периода 2024 – 2030 г.</t>
   </si>
   <si>
     <t>04-04-2024 - 31-12-2030</t>
   </si>
   <si>
+    <t>Национален план за развитие на широкообхватен пренатален и неонатален скрининг и скрининг на социалнозначими заболявания до 2027 година</t>
+  </si>
+  <si>
+    <t>Архив - Здравеопазване</t>
+  </si>
+  <si>
+    <t>17-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
     <t>Национална аптечна карта</t>
   </si>
   <si>
-    <t>Здравеопазване</t>
-[...1 lines deleted...]
-  <si>
     <t>20-12-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2030</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Национална програма за насърчаване на донорството и подпомагане на трансплантацията 2024 -2028</t>
   </si>
   <si>
     <t>04-07-2024 - 31-12-2028</t>
   </si>
   <si>
+    <t>Национална програма за превенция на ХИВ и сексуално предавани инфекции в Република България, 2026-2030 г.</t>
+  </si>
+  <si>
+    <t>29-01-2026 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална програма за първична профилактика на ракови заболявания, причинени от човешки папилома вирус (HPV), 2025-2030 г.</t>
+  </si>
+  <si>
+    <t>09-04-2025 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за гериатрична грижа и остаряване в добро здраве 2030 и план за действие за изпълнение на Национална стратегия за гериатрична грижа и остаряване в добро здраве 2030 за периода 2025 – 2026 г.</t>
+  </si>
+  <si>
+    <t>17-09-2025 - 31-12-2026</t>
+  </si>
+  <si>
     <t>Национална стратегия за детско и юношеско здраве и педиатрична грижа 2030</t>
   </si>
   <si>
     <t>Национална стратегия за електронно здравеопазване и дигитализация на здравната система 2030</t>
   </si>
   <si>
     <t>18-03-2024 - 31-12-2030</t>
   </si>
   <si>
+    <t>Национална стратегия за подобряване на достъпността и капацитета на първичната извънболнична медицинска помощ и осигуряване на балансирано териториално разпределение на медицинската помощ и здравните грижи в Република България 2027 г.</t>
+  </si>
+  <si>
+    <t>11-09-2025 - 31-12-2027</t>
+  </si>
+  <si>
     <t>Национална програма за действие за принос към изпълнение на целите на Стратегията „От фермата до трапезата“ до 2030 г.</t>
   </si>
   <si>
-    <t>Земеделие и селски райони</t>
+    <t>Архив - Земеделие и селски райони</t>
   </si>
   <si>
     <t>13-12-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Втори доброволен национален преглед на изпълнението на Целите на ООН за устойчиво развитие в Република България</t>
   </si>
   <si>
-    <t>Междусекторни политики</t>
+    <t>Архив - Междусекторни политики</t>
   </si>
   <si>
     <t>25-04-2025 - 01-01-9999</t>
   </si>
   <si>
     <t>Конвергентна програма на Република България. Актуализации по години.</t>
   </si>
   <si>
     <t>05-05-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Национална програма за реформи на Република България - актуализация по години</t>
   </si>
   <si>
     <t>04-05-2023 - 31-12-2026</t>
   </si>
   <si>
     <t>Доклад за младежта за 2021-2022 г.</t>
   </si>
   <si>
-    <t>Младежка политика</t>
+    <t>Архив - Младежка политика</t>
   </si>
   <si>
     <t>29-02-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>План за изпълнение на Националната стратегия за младежта (2021-2030 г.) за 2024 г.</t>
   </si>
   <si>
     <t>17-10-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>Актуализирана държавна политика по планиране и разпределение на радиочестотния спектър в Република България</t>
   </si>
   <si>
-    <t>Наука и технологии</t>
+    <t>Архив - Наука и технологии</t>
   </si>
   <si>
     <t>04-05-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Актуализирана секторна пощенска политика на Република България</t>
   </si>
   <si>
     <t>17-11-2023 - 01-01-9999</t>
   </si>
   <si>
-    <t>Национална научна програма „Върхови изследвания и хора за развитие на европейска наука” – 2024 (ВИХРЕН – 2024)</t>
-[...31 lines deleted...]
-  <si>
     <t>Национална пътна карта за подобряване на условията за разгръщане на потенциала за развитие на водородните технологии и механизмите за производство и доставка на водород</t>
   </si>
   <si>
     <t>26-04-2023 - 01-01-9999</t>
   </si>
   <si>
     <t>Национална стратегия за цифрова трансформация на строителния сектор 2030 г.</t>
   </si>
   <si>
     <t>06-04-2023 - 31-12-2030</t>
   </si>
   <si>
     <t>Отчет за състоянието и Годишен план за развитието на информационните ресурси в администрацията и информационните ресурси на Единната електронна съобщителна мрежа на държавната администрация и за нуждите на националната сигурност</t>
   </si>
   <si>
     <t>29-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Годишен план за насърчаване на ранното детско развитие за 2024 г.</t>
   </si>
   <si>
-    <t>Образование</t>
+    <t>Архив - Образование</t>
   </si>
   <si>
     <t>04-04-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2023 г.</t>
   </si>
   <si>
     <t>11-01-2024 - 31-12-2024</t>
   </si>
   <si>
     <t>Национална карта на висшето образование в Република България за 2024 г.</t>
   </si>
   <si>
     <t>27-12-2024 - 31-12-2025</t>
   </si>
   <si>
-    <t>Национална програма „Избирам да следвам в България“</t>
-[...22 lines deleted...]
-  <si>
     <t>Национални програми за развитие на образованието за 2023 г.</t>
   </si>
   <si>
     <t>31-05-2023 - 31-12-2024</t>
   </si>
   <si>
     <t>Национални програми за развитие на образованието за 2024 г.</t>
   </si>
   <si>
     <t>24-04-2024 - 31-12-2025</t>
   </si>
   <si>
     <t>План за засилване на ролята на здравно образование в българското училище</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2027</t>
   </si>
   <si>
-    <t>Програма за дейността на Центъра за образователна интеграция на децата и учениците от етническите малцинства за периода 2025-2027 г.</t>
-[...4 lines deleted...]
-  <si>
     <t>Програма за изграждане на нови и основен ремонт на съществуващи спортни площадки в държавните и общинските училища</t>
   </si>
   <si>
     <t>29-09-2023 - 31-12-2024</t>
   </si>
   <si>
-    <t>Програми за разширяване и подобряване на сградния фонд и материалната база в системата на образованието за периода 2024 - 2026 г.</t>
-[...31 lines deleted...]
-  <si>
     <t>Национална програма за превенция и защита от домашно насилие за 2023 г.</t>
   </si>
   <si>
+    <t>Архив - Правосъдие и вътрешни работи</t>
+  </si>
+  <si>
     <t>12-04-2023 - 31-12-2023</t>
   </si>
   <si>
     <t>Национална програма за предотвратяване и противодействие на трафика на хора и закрила на жертвите</t>
   </si>
   <si>
     <t>07-12-2023 - 31-12-2025</t>
   </si>
   <si>
-    <t>Национална стратегия за управление на миграцията и убежището 2025-2030 г.</t>
-[...4 lines deleted...]
-  <si>
     <t>Стратегия за противодействие на изпирането на пари и финансирането на тероризма в Република България за периода 2023-2027 година</t>
   </si>
   <si>
     <t>31-08-2023 - 31-12-2027</t>
   </si>
   <si>
-    <t>Морски пространствен план на Република България 2021-2035 г.</t>
-[...5 lines deleted...]
-    <t>23-05-2023 - 31-12-2035</t>
+    <t>Архив - Регионална политика</t>
   </si>
   <si>
     <t>Националната програма за превенция и ограничаване на свлачищата на територията на Република България, ерозията и абразията по Дунавското и Черноморското крайбрежие 2015-2020 г.</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2020</t>
   </si>
   <si>
     <t>Последваща оценка на въздействието на Закона за регионално развитие и Правилника за неговото прилагане за периода 2013-2023</t>
   </si>
   <si>
     <t>19-12-2024 - 01-01-9999</t>
   </si>
   <si>
     <t>Национален план за действие за борба с антисемитизма (2023 - 2027 г.)</t>
   </si>
   <si>
-    <t>Социална политика и заетост</t>
+    <t>Архив - Социална политика и заетост</t>
   </si>
   <si>
     <t>18-10-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Отчет за 2022 на Актуализираната национална стратегия за демографско развитие на населението в Република България (2012-2030 г.)</t>
   </si>
   <si>
     <t>07-02-2024 - 31-12-2030</t>
   </si>
   <si>
     <t>Национален план за търсене и спасяване в българския морски отговорен район за търсене и спасяване</t>
   </si>
   <si>
-    <t>Транспорт</t>
+    <t>Архив - Транспорт</t>
   </si>
   <si>
     <t>14-08-2024 - 01-01-9999</t>
   </si>
   <si>
-    <t>Актуализирана средносрочна бюджетна прогноза за периода 2025-2028 г.</t>
-[...7 lines deleted...]
-  <si>
     <t>Национален план за въвеждане на еврото в Република България</t>
   </si>
   <si>
+    <t>Архив - Финанси и данъчна политика</t>
+  </si>
+  <si>
     <t>13-11-2023 - 31-12-2025</t>
   </si>
   <si>
-    <t>Стратегия за управление на държавния дълг. Актуализации по години.</t>
-[...4 lines deleted...]
-  <si>
     <t>Областна стратегия за развитие на Област Бургас за периода 2014 -2020 г.</t>
   </si>
   <si>
     <t>Областно</t>
   </si>
   <si>
     <t>Бургас</t>
   </si>
   <si>
+    <t>Програмата за устойчиво управление на енергията в област Бургас 2026 – 2035</t>
+  </si>
+  <si>
+    <t>Областния управител</t>
+  </si>
+  <si>
+    <t>31-10-2026 - 31-12-2035</t>
+  </si>
+  <si>
     <t>Областна стратегия за интегриране на ромите на Област Варна 2012-2020 г.</t>
   </si>
   <si>
     <t>Варна</t>
   </si>
   <si>
     <t>Областна стратегия за младежта на Област Варна 2013-2020 г.</t>
   </si>
   <si>
     <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Варна за периода 2012 – 2020 г.</t>
   </si>
   <si>
     <t>Областна стратегия за развитие на социалните услуги в област Варна 2011 - 2015</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2015</t>
   </si>
   <si>
     <t>Стратегия за устойчиво развитие на туризма в област Видин 2009-2013 г.</t>
   </si>
   <si>
     <t>Видин</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2013</t>
@@ -551,50 +638,59 @@
   <si>
     <t>Областна стратегия за интегриране на ромите в Област Монтана 2012-2020 г.</t>
   </si>
   <si>
     <t>Монтана</t>
   </si>
   <si>
     <t>Стратегия за намаляване на жертвите по пътищата на Област Пазарджик 2012-2015 г.</t>
   </si>
   <si>
     <t>Пазарджик</t>
   </si>
   <si>
     <t>Стратегия на Област Пазарджик за интегриране на ромите (2012-2020 г.)</t>
   </si>
   <si>
     <t>Областна стратегия за подобряване безопасността на движението по пътищата в Област Плевен 2012 - 2015 г.</t>
   </si>
   <si>
     <t>Плевен</t>
   </si>
   <si>
     <t>Областна стратегия за развитие на социалните услуги в Област Плевен 2011-2015 г.</t>
   </si>
   <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Пловдив 2024 – 2026 г.</t>
+  </si>
+  <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>11-09-2024 - 31-12-2026</t>
+  </si>
+  <si>
     <t>Областна стратегия за подобряване безопасността на движението по пътищата на Област Разград 2011-2020 г.</t>
   </si>
   <si>
     <t>Разград</t>
   </si>
   <si>
     <t>Стратегия за развитие на социалните услуги в Област Разград 2011 -2015 г.</t>
   </si>
   <si>
     <t>Областна стратегия за интегриране на ромите на Област Силистра 2012-2020 г.</t>
   </si>
   <si>
     <t>Силистра</t>
   </si>
   <si>
     <t>Програма за енергийна ефективност на област Силистра (2020 - 2027 г.)</t>
   </si>
   <si>
     <t>Областния съвет за енергийна ефективност</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2027</t>
   </si>
   <si>
     <t>Областна стратегия за интегриране на ромите в Софийска област 2012-2020 г.</t>
@@ -653,104 +749,110 @@
   <si>
     <t>Ямбол</t>
   </si>
   <si>
     <t>План за развитие на Община Белене за периода 2014-2020 г.</t>
   </si>
   <si>
     <t>Общинско</t>
   </si>
   <si>
     <t>Белене</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Белица 2014-2020</t>
   </si>
   <si>
     <t>Белица</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Белослав за периода 2014-2020 г.</t>
   </si>
   <si>
     <t>Белослав</t>
   </si>
   <si>
+    <t>Доклад за резултатите от междинната оценка за периода 2021–2024 г. на Плана за интегрирано развитие на община Бобов дол (2021–2027 г.)</t>
+  </si>
+  <si>
+    <t>Бобов дол</t>
+  </si>
+  <si>
+    <t>Общинския съвет</t>
+  </si>
+  <si>
+    <t>05-03-2026 - Не е указан срок</t>
+  </si>
+  <si>
     <t>Общински план за развитие 2014-2020 на Община Бойница</t>
   </si>
   <si>
     <t>Бойница</t>
   </si>
   <si>
-    <t>Общинския съвет</t>
-[...1 lines deleted...]
-  <si>
     <t>Общински план за развитие на Община Борован 2014 – 2020 г.</t>
   </si>
   <si>
     <t>Борован</t>
   </si>
   <si>
     <t>План за развитие на Община Брегово за периода 2014-2020</t>
   </si>
   <si>
     <t>Брегово</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Бяла Слатина 2007 - 2013 г.</t>
   </si>
   <si>
     <t>Бяла Слатина</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Бяла Слатина 2014-2020 г.</t>
   </si>
   <si>
     <t>Актуализация на Програмата за реализация на Плана за интегрирано развитие на община Варна за периода 2021-2027 г.</t>
   </si>
   <si>
     <t>11-05-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>План за интегрирано развитие на община Ветрино за периода 2021-2027 г.</t>
   </si>
   <si>
     <t>Ветрино</t>
   </si>
   <si>
     <t>Актуализиран План за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
   </si>
   <si>
     <t>27-02-2024 - 31-12-2027</t>
   </si>
   <si>
     <t>Доклад за резултатите от междинната оценка на изпълнението на Плана за интегрирано развитие на Община Враца за периода 2021 г. – 2027 г.</t>
   </si>
   <si>
-    <t>Доклади</t>
-[...1 lines deleted...]
-  <si>
     <t>28-10-2025 - Не е указан срок</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Враца 2014-2020 г.</t>
   </si>
   <si>
     <t>Стратегия за развитие на образованието в Община Враца 2007 - 2011 г.</t>
   </si>
   <si>
     <t>01-01-9999 - 31-12-2011</t>
   </si>
   <si>
     <t>Стратегия за управление на общинската собственост на Община Враца 2008 - 2011 г.</t>
   </si>
   <si>
     <t>Общинска стратегия за подобряване на бизнес средата с цел привличане на инвестиции 2014-2020г.</t>
   </si>
   <si>
     <t>Вълчи дол</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Габрово 2014-2020 г.</t>
   </si>
   <si>
     <t>Габрово</t>
@@ -779,50 +881,62 @@
   <si>
     <t>Две могили</t>
   </si>
   <si>
     <t>22-01-2026 - 31-12-2028</t>
   </si>
   <si>
     <t>План за развитие на Община Димово 2014-2020 г.</t>
   </si>
   <si>
     <t>Димово</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Долна Митрополия за периода 2014-2020 г.</t>
   </si>
   <si>
     <t>Долна Митрополия</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Долни Дъбник 2014- 2020 г.</t>
   </si>
   <si>
     <t>Долни Дъбник</t>
   </si>
   <si>
+    <t>Стратегия за управление на риска в община Драгоман за периода 2025-2028 година</t>
+  </si>
+  <si>
+    <t>Драгоман</t>
+  </si>
+  <si>
+    <t>Кмета на общината</t>
+  </si>
+  <si>
+    <t>03-01-2025 - 31-12-2028</t>
+  </si>
+  <si>
     <t>Общински план за развитие на Община Дулово за периода 2014-2020 година</t>
   </si>
   <si>
     <t>Дулово</t>
   </si>
   <si>
     <t>Програма за енергийна ефективност на Община Ивайловград 2012-2015 г.</t>
   </si>
   <si>
     <t>Ивайловград</t>
   </si>
   <si>
     <t>Общински план за развитие 2014-2020 г. на Община Исперих</t>
   </si>
   <si>
     <t>Исперих</t>
   </si>
   <si>
     <t>Общинска стратегия за развитие на социалните услуги в Община Карлово 2010-2015 г.</t>
   </si>
   <si>
     <t>Карлово</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Карлово 2007-2013 г.</t>
@@ -1058,66 +1172,69 @@
   <si>
     <t>Общински план за развитие на Община Тунджа 2014 - 2020</t>
   </si>
   <si>
     <t>Тунджа</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Търговище 2014-2020 г.</t>
   </si>
   <si>
     <t>План за интегрирано развитие на Община Хайредин (ПИРО) 2021-2027г.</t>
   </si>
   <si>
     <t>Хайредин</t>
   </si>
   <si>
     <t>25-04-2023 - 31-12-2027</t>
   </si>
   <si>
     <t>Общинска програмa за енергийна ефективност на Община Царево 2010 – 2015 година</t>
   </si>
   <si>
     <t>Царево</t>
   </si>
   <si>
-    <t>Кмета на общината</t>
-[...1 lines deleted...]
-  <si>
     <t>Програма за развитие на туризма в Община Царево 2009 - 2013 г.</t>
   </si>
   <si>
     <t>Актуализация на Общинския план за развитие на Община Червен бряг 2014-2020 г.</t>
   </si>
   <si>
     <t>Червен бряг</t>
   </si>
   <si>
     <t>Общински план за развитие на Община Ябланица 2014-2020 г.</t>
   </si>
   <si>
     <t>Ябланица</t>
+  </si>
+  <si>
+    <t>Отчети</t>
+  </si>
+  <si>
+    <t>19-12-2024 - Не е указан срок</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1445,70 +1562,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1733" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1732" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1697" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1663" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1616" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1720" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1725" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1717" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1685" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1735" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1693" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1698" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1728" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1707" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1706" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1729" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1684" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1695" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1723" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1726" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1669" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1733" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1750" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1718" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1331" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1719" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1608" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1702" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1703" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1687" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1740" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1694" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1601" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1696" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1736" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1743" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1741" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1666" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1692" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1742" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1708" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1721" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/851" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1612" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1655" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1654" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1611" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1673" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1615" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1607" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1691" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1686" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1679" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1711" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1618" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1689" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1665" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1667" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1606" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1674" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1664" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1617" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/966" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1710" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1653" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/776" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1699" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1586" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/961" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1760" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/788" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/798" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1033" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/723" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/636" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/796" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/792" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1324" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/835" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/847" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/846" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/801" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/800" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1748" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/803" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/730" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/799" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1329" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/765" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/802" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/733" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/839" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/953" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/819" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/954" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/842" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/812" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/795" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1076" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1178" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1125" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1744" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1058" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1087" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1059" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/299" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1086" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1671" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1371" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1683" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1727" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1100" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/620" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/629" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/932" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1149" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/805" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1181" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1182" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1732" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1062" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1078" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1079" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1739" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1172" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/807" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1153" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/783" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/810" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1210" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/564" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/654" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/647" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/639" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/831" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/646" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/814" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/815" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1088" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1063" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1037" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1657" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/661" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1089" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1084" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1709" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1122" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/651" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/650" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/652" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1098" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/649" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1211" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1658" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1085" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1123" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1056" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1680" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1185" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1099" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1494" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/821" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/822" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1157" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1150" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1175" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/834" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/920" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1146" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1213" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1151" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1262" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1124" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1610" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/645" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/648" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1077" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1054" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1749" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F174"/>
+  <dimension ref="A1:F186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A174" sqref="A174"/>
+      <selection activeCell="A186" sqref="A186"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="270.077" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="277.075" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
@@ -1549,3423 +1666,3663 @@
     <row r="5" spans="1:6">
       <c r="A5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="4" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
         <v>48</v>
       </c>
-      <c r="B21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="B31" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B33" t="s">
-        <v>9</v>
+        <v>68</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="4" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="B38" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B39" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
         <v>88</v>
       </c>
-      <c r="B39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="4" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="B40" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="B41" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="B44" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
-        <v>100</v>
+        <v>113</v>
       </c>
       <c r="B45" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="B46" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="B47" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="B48" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="B55" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="B57" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E57" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="B61" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
-        <v>145</v>
+        <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C64" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E64" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="B65" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C65" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="E65" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="B66" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C66" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="E66" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F66" t="s">
-        <v>127</v>
+        <v>159</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C67" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="E67" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>127</v>
+        <v>162</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="B68" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C68" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="E68" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="4" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C69" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="E69" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="4" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C70" t="s">
-        <v>146</v>
+        <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="E70" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>127</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="4" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="B71" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C71" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D71" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="E71" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F71" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="4" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="B72" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="C72" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D72" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="E72" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="F72" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="4" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C73" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D73" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="E73" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="F73" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="4" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C74" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D74" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="E74" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F74" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="4" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C75" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D75" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="E75" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="F75" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="4" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C76" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D76" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="E76" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="F76" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="4" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="B77" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C77" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D77" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="E77" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F77" t="s">
-        <v>153</v>
+        <v>185</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="4" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C78" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D78" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="E78" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F78" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C79" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D79" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="E79" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F79" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C80" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D80" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="E80" t="s">
-        <v>9</v>
+        <v>191</v>
       </c>
       <c r="F80" t="s">
-        <v>153</v>
+        <v>192</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4" t="s">
-        <v>179</v>
+        <v>193</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C81" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D81" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E81" t="s">
-        <v>9</v>
+        <v>194</v>
       </c>
       <c r="F81" t="s">
-        <v>127</v>
+        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4" t="s">
-        <v>181</v>
+        <v>196</v>
       </c>
       <c r="B82" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C82" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D82" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="E82" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F82" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="4" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="B83" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C83" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D83" t="s">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="E83" t="s">
-        <v>9</v>
+        <v>194</v>
       </c>
       <c r="F83" t="s">
-        <v>127</v>
+        <v>199</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="4" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="B84" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C84" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D84" t="s">
-        <v>183</v>
+        <v>201</v>
       </c>
       <c r="E84" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="F84" t="s">
-        <v>186</v>
+        <v>157</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="4" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="B85" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C85" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D85" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="E85" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F85" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="4" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="B86" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C86" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D86" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="E86" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F86" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="4" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="B87" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C87" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D87" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
       <c r="E87" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F87" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="4" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C88" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D88" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
       <c r="E88" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F88" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="4" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="B89" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="C89" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D89" t="s">
+        <v>209</v>
+      </c>
+      <c r="E89" t="s">
         <v>194</v>
       </c>
-      <c r="E89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F89" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="4" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C90" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D90" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="E90" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F90" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="4" t="s">
-        <v>196</v>
+        <v>213</v>
       </c>
       <c r="B91" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C91" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D91" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="E91" t="s">
-        <v>162</v>
+        <v>74</v>
       </c>
       <c r="F91" t="s">
-        <v>197</v>
+        <v>182</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="4" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C92" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D92" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="E92" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F92" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="4" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C93" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D93" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="E93" t="s">
-        <v>165</v>
+        <v>217</v>
       </c>
       <c r="F93" t="s">
-        <v>153</v>
+        <v>218</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="4" t="s">
-        <v>201</v>
+        <v>219</v>
       </c>
       <c r="B94" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C94" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D94" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="E94" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F94" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="4" t="s">
-        <v>202</v>
+        <v>221</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C95" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D95" t="s">
-        <v>203</v>
+        <v>220</v>
       </c>
       <c r="E95" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F95" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="4" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C96" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="D96" t="s">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="E96" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="F96" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="4" t="s">
-        <v>206</v>
+        <v>224</v>
       </c>
       <c r="B97" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C97" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D97" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="E97" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F97" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="4" t="s">
-        <v>209</v>
+        <v>225</v>
       </c>
       <c r="B98" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C98" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D98" t="s">
-        <v>210</v>
+        <v>226</v>
       </c>
       <c r="E98" t="s">
-        <v>9</v>
+        <v>191</v>
       </c>
       <c r="F98" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="4" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="B99" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C99" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D99" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="E99" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F99" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="4" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C100" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D100" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="E100" t="s">
-        <v>215</v>
+        <v>191</v>
       </c>
       <c r="F100" t="s">
-        <v>127</v>
+        <v>229</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="4" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="B101" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C101" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D101" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="E101" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F101" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="4" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="B102" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C102" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D102" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="E102" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="F102" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="4" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="B103" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C103" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D103" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="E103" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F103" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="4" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="B104" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C104" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D104" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="E104" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F104" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="4" t="s">
-        <v>223</v>
+        <v>236</v>
       </c>
       <c r="B105" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C105" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="D105" t="s">
-        <v>149</v>
+        <v>237</v>
       </c>
       <c r="E105" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="F105" t="s">
-        <v>224</v>
+        <v>157</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="4" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C106" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D106" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="E106" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F106" t="s">
-        <v>186</v>
+        <v>157</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="4" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C107" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D107" t="s">
-        <v>158</v>
+        <v>242</v>
       </c>
       <c r="E107" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F107" t="s">
-        <v>228</v>
+        <v>157</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="4" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="B108" t="s">
-        <v>230</v>
+        <v>74</v>
       </c>
       <c r="C108" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D108" t="s">
-        <v>158</v>
+        <v>244</v>
       </c>
       <c r="E108" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F108" t="s">
-        <v>231</v>
+        <v>157</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="4" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="B109" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="C109" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D109" t="s">
-        <v>158</v>
+        <v>246</v>
       </c>
       <c r="E109" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F109" t="s">
-        <v>127</v>
+        <v>248</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="4" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="B110" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C110" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D110" t="s">
-        <v>158</v>
+        <v>250</v>
       </c>
       <c r="E110" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F110" t="s">
-        <v>234</v>
+        <v>157</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="4" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="B111" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C111" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D111" t="s">
-        <v>158</v>
+        <v>252</v>
       </c>
       <c r="E111" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F111" t="s">
-        <v>234</v>
+        <v>157</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="4" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="B112" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C112" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D112" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
       <c r="E112" t="s">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="F112" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="4" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C113" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D113" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="E113" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F113" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="4" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="B114" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C114" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D114" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="E114" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F114" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="4" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="B115" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C115" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D115" t="s">
-        <v>243</v>
+        <v>178</v>
       </c>
       <c r="E115" t="s">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="F115" t="s">
-        <v>127</v>
+        <v>259</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="4" t="s">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="B116" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C116" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D116" t="s">
-        <v>245</v>
+        <v>261</v>
       </c>
       <c r="E116" t="s">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="F116" t="s">
-        <v>127</v>
+        <v>218</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="4" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="B117" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C117" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D117" t="s">
+        <v>187</v>
+      </c>
+      <c r="E117" t="s">
         <v>247</v>
       </c>
-      <c r="E117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="B118" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="C118" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D118" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="E118" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F118" t="s">
-        <v>127</v>
+        <v>265</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="4" t="s">
-        <v>251</v>
+        <v>266</v>
       </c>
       <c r="B119" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C119" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D119" t="s">
-        <v>252</v>
+        <v>187</v>
       </c>
       <c r="E119" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F119" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="4" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="B120" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C120" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D120" t="s">
-        <v>254</v>
+        <v>187</v>
       </c>
       <c r="E120" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F120" t="s">
-        <v>127</v>
+        <v>268</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="B121" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C121" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D121" t="s">
-        <v>256</v>
+        <v>187</v>
       </c>
       <c r="E121" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F121" t="s">
-        <v>127</v>
+        <v>268</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="B122" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C122" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D122" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="E122" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F122" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="4" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="B123" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C123" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D123" t="s">
-        <v>260</v>
+        <v>273</v>
       </c>
       <c r="E123" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F123" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="4" t="s">
-        <v>261</v>
+        <v>274</v>
       </c>
       <c r="B124" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C124" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D124" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
       <c r="E124" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F124" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="4" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="B125" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C125" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D125" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="E125" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F125" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="4" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="B126" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C126" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D126" t="s">
-        <v>265</v>
+        <v>279</v>
       </c>
       <c r="E126" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F126" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4" t="s">
-        <v>266</v>
+        <v>280</v>
       </c>
       <c r="B127" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="C127" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D127" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="E127" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F127" t="s">
-        <v>156</v>
+        <v>282</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="B128" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C128" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D128" t="s">
-        <v>267</v>
+        <v>284</v>
       </c>
       <c r="E128" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F128" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4" t="s">
-        <v>269</v>
+        <v>285</v>
       </c>
       <c r="B129" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C129" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D129" t="s">
-        <v>267</v>
+        <v>286</v>
       </c>
       <c r="E129" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F129" t="s">
-        <v>270</v>
+        <v>157</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="B130" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C130" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D130" t="s">
-        <v>267</v>
+        <v>288</v>
       </c>
       <c r="E130" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F130" t="s">
-        <v>234</v>
+        <v>157</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4" t="s">
-        <v>272</v>
+        <v>289</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="C131" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D131" t="s">
-        <v>267</v>
+        <v>290</v>
       </c>
       <c r="E131" t="s">
-        <v>9</v>
+        <v>291</v>
       </c>
       <c r="F131" t="s">
-        <v>153</v>
+        <v>292</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4" t="s">
-        <v>273</v>
+        <v>293</v>
       </c>
       <c r="B132" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C132" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D132" t="s">
-        <v>267</v>
+        <v>294</v>
       </c>
       <c r="E132" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F132" t="s">
-        <v>234</v>
+        <v>157</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4" t="s">
-        <v>274</v>
+        <v>295</v>
       </c>
       <c r="B133" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C133" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D133" t="s">
-        <v>275</v>
+        <v>296</v>
       </c>
       <c r="E133" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F133" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4" t="s">
-        <v>276</v>
+        <v>297</v>
       </c>
       <c r="B134" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C134" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D134" t="s">
-        <v>277</v>
+        <v>298</v>
       </c>
       <c r="E134" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F134" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4" t="s">
-        <v>278</v>
+        <v>299</v>
       </c>
       <c r="B135" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C135" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D135" t="s">
-        <v>277</v>
+        <v>300</v>
       </c>
       <c r="E135" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F135" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="4" t="s">
-        <v>279</v>
+        <v>301</v>
       </c>
       <c r="B136" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C136" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D136" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="E136" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F136" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="4" t="s">
-        <v>281</v>
+        <v>302</v>
       </c>
       <c r="B137" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C137" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D137" t="s">
-        <v>282</v>
+        <v>303</v>
       </c>
       <c r="E137" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F137" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4" t="s">
-        <v>283</v>
+        <v>304</v>
       </c>
       <c r="B138" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C138" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D138" t="s">
-        <v>284</v>
+        <v>305</v>
       </c>
       <c r="E138" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F138" t="s">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="B139" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C139" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D139" t="s">
-        <v>287</v>
+        <v>305</v>
       </c>
       <c r="E139" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F139" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="B140" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C140" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D140" t="s">
-        <v>287</v>
+        <v>305</v>
       </c>
       <c r="E140" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F140" t="s">
-        <v>127</v>
+        <v>308</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4" t="s">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="B141" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C141" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D141" t="s">
-        <v>290</v>
+        <v>305</v>
       </c>
       <c r="E141" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F141" t="s">
-        <v>127</v>
+        <v>268</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4" t="s">
-        <v>291</v>
+        <v>310</v>
       </c>
       <c r="B142" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C142" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D142" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="E142" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F142" t="s">
-        <v>293</v>
+        <v>182</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4" t="s">
-        <v>294</v>
+        <v>311</v>
       </c>
       <c r="B143" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C143" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D143" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="E143" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F143" t="s">
-        <v>127</v>
+        <v>268</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="B144" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C144" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D144" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="E144" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F144" t="s">
-        <v>298</v>
+        <v>182</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="B145" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C145" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D145" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="E145" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F145" t="s">
-        <v>298</v>
+        <v>182</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="B146" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C146" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D146" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="E146" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F146" t="s">
-        <v>234</v>
+        <v>157</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="B147" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C147" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D147" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="E147" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F147" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4" t="s">
-        <v>302</v>
+        <v>319</v>
       </c>
       <c r="B148" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C148" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D148" t="s">
-        <v>297</v>
+        <v>320</v>
       </c>
       <c r="E148" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F148" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="B149" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C149" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D149" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
       <c r="E149" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F149" t="s">
-        <v>127</v>
+        <v>323</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4" t="s">
-        <v>305</v>
+        <v>324</v>
       </c>
       <c r="B150" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C150" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D150" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="E150" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F150" t="s">
-        <v>306</v>
+        <v>182</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4" t="s">
-        <v>307</v>
+        <v>326</v>
       </c>
       <c r="B151" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C151" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D151" t="s">
-        <v>177</v>
+        <v>325</v>
       </c>
       <c r="E151" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F151" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4" t="s">
-        <v>308</v>
+        <v>327</v>
       </c>
       <c r="B152" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C152" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D152" t="s">
-        <v>309</v>
+        <v>328</v>
       </c>
       <c r="E152" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F152" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4" t="s">
-        <v>310</v>
+        <v>329</v>
       </c>
       <c r="B153" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C153" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D153" t="s">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="E153" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F153" t="s">
-        <v>127</v>
+        <v>331</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4" t="s">
-        <v>312</v>
+        <v>332</v>
       </c>
       <c r="B154" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C154" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D154" t="s">
-        <v>313</v>
+        <v>333</v>
       </c>
       <c r="E154" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F154" t="s">
-        <v>314</v>
+        <v>157</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4" t="s">
-        <v>315</v>
+        <v>334</v>
       </c>
       <c r="B155" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C155" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D155" t="s">
-        <v>316</v>
+        <v>335</v>
       </c>
       <c r="E155" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F155" t="s">
-        <v>127</v>
+        <v>336</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4" t="s">
-        <v>317</v>
+        <v>337</v>
       </c>
       <c r="B156" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C156" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D156" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="E156" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F156" t="s">
-        <v>127</v>
+        <v>336</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4" t="s">
-        <v>319</v>
+        <v>338</v>
       </c>
       <c r="B157" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C157" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D157" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="E157" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F157" t="s">
-        <v>127</v>
+        <v>268</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4" t="s">
-        <v>321</v>
+        <v>339</v>
       </c>
       <c r="B158" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C158" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D158" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="E158" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F158" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4" t="s">
-        <v>323</v>
+        <v>340</v>
       </c>
       <c r="B159" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C159" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D159" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="E159" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F159" t="s">
-        <v>153</v>
+        <v>185</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="B160" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C160" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D160" t="s">
-        <v>325</v>
+        <v>342</v>
       </c>
       <c r="E160" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F160" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4" t="s">
-        <v>326</v>
+        <v>343</v>
       </c>
       <c r="B161" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C161" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D161" t="s">
-        <v>327</v>
+        <v>342</v>
       </c>
       <c r="E161" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F161" t="s">
-        <v>127</v>
+        <v>344</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4" t="s">
-        <v>328</v>
+        <v>345</v>
       </c>
       <c r="B162" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C162" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D162" t="s">
-        <v>329</v>
+        <v>206</v>
       </c>
       <c r="E162" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F162" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="B163" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C163" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D163" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="E163" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F163" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="B164" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C164" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D164" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="E164" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F164" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="B165" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C165" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D165" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="E165" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F165" t="s">
-        <v>156</v>
+        <v>352</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4" t="s">
-        <v>336</v>
+        <v>353</v>
       </c>
       <c r="B166" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C166" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D166" t="s">
-        <v>337</v>
+        <v>354</v>
       </c>
       <c r="E166" t="s">
-        <v>9</v>
+        <v>247</v>
       </c>
       <c r="F166" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="4" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="B167" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C167" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D167" t="s">
-        <v>339</v>
+        <v>356</v>
       </c>
       <c r="E167" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F167" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4" t="s">
-        <v>340</v>
+        <v>357</v>
       </c>
       <c r="B168" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C168" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D168" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="E168" t="s">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="F168" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="B169" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C169" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D169" t="s">
-        <v>194</v>
+        <v>360</v>
       </c>
       <c r="E169" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F169" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4" t="s">
-        <v>343</v>
+        <v>361</v>
       </c>
       <c r="B170" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C170" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D170" t="s">
-        <v>344</v>
+        <v>360</v>
       </c>
       <c r="E170" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F170" t="s">
-        <v>345</v>
+        <v>182</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4" t="s">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="B171" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C171" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D171" t="s">
-        <v>347</v>
+        <v>363</v>
       </c>
       <c r="E171" t="s">
-        <v>348</v>
+        <v>74</v>
       </c>
       <c r="F171" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="4" t="s">
-        <v>349</v>
+        <v>364</v>
       </c>
       <c r="B172" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C172" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D172" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="E172" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F172" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="4" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="B173" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C173" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D173" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="E173" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="F173" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="B174" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="C174" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="D174" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="E174" t="s">
-        <v>215</v>
+        <v>74</v>
       </c>
       <c r="F174" t="s">
-        <v>127</v>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B175" t="s">
+        <v>74</v>
+      </c>
+      <c r="C175" t="s">
+        <v>239</v>
+      </c>
+      <c r="D175" t="s">
+        <v>371</v>
+      </c>
+      <c r="E175" t="s">
+        <v>74</v>
+      </c>
+      <c r="F175" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="B176" t="s">
+        <v>74</v>
+      </c>
+      <c r="C176" t="s">
+        <v>239</v>
+      </c>
+      <c r="D176" t="s">
+        <v>373</v>
+      </c>
+      <c r="E176" t="s">
+        <v>74</v>
+      </c>
+      <c r="F176" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="B177" t="s">
+        <v>74</v>
+      </c>
+      <c r="C177" t="s">
+        <v>239</v>
+      </c>
+      <c r="D177" t="s">
+        <v>375</v>
+      </c>
+      <c r="E177" t="s">
+        <v>74</v>
+      </c>
+      <c r="F177" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="B178" t="s">
+        <v>74</v>
+      </c>
+      <c r="C178" t="s">
+        <v>239</v>
+      </c>
+      <c r="D178" t="s">
+        <v>377</v>
+      </c>
+      <c r="E178" t="s">
+        <v>74</v>
+      </c>
+      <c r="F178" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="B179" t="s">
+        <v>74</v>
+      </c>
+      <c r="C179" t="s">
+        <v>239</v>
+      </c>
+      <c r="D179" t="s">
+        <v>379</v>
+      </c>
+      <c r="E179" t="s">
+        <v>247</v>
+      </c>
+      <c r="F179" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B180" t="s">
+        <v>74</v>
+      </c>
+      <c r="C180" t="s">
+        <v>239</v>
+      </c>
+      <c r="D180" t="s">
+        <v>226</v>
+      </c>
+      <c r="E180" t="s">
+        <v>74</v>
+      </c>
+      <c r="F180" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="B181" t="s">
+        <v>74</v>
+      </c>
+      <c r="C181" t="s">
+        <v>239</v>
+      </c>
+      <c r="D181" t="s">
+        <v>382</v>
+      </c>
+      <c r="E181" t="s">
+        <v>247</v>
+      </c>
+      <c r="F181" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="B182" t="s">
+        <v>74</v>
+      </c>
+      <c r="C182" t="s">
+        <v>239</v>
+      </c>
+      <c r="D182" t="s">
+        <v>385</v>
+      </c>
+      <c r="E182" t="s">
+        <v>291</v>
+      </c>
+      <c r="F182" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B183" t="s">
+        <v>74</v>
+      </c>
+      <c r="C183" t="s">
+        <v>239</v>
+      </c>
+      <c r="D183" t="s">
+        <v>385</v>
+      </c>
+      <c r="E183" t="s">
+        <v>74</v>
+      </c>
+      <c r="F183" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="B184" t="s">
+        <v>74</v>
+      </c>
+      <c r="C184" t="s">
+        <v>239</v>
+      </c>
+      <c r="D184" t="s">
+        <v>388</v>
+      </c>
+      <c r="E184" t="s">
+        <v>74</v>
+      </c>
+      <c r="F184" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="B185" t="s">
+        <v>74</v>
+      </c>
+      <c r="C185" t="s">
+        <v>239</v>
+      </c>
+      <c r="D185" t="s">
+        <v>390</v>
+      </c>
+      <c r="E185" t="s">
+        <v>247</v>
+      </c>
+      <c r="F185" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B186" t="s">
+        <v>391</v>
+      </c>
+      <c r="C186" t="s">
+        <v>74</v>
+      </c>
+      <c r="D186" t="s">
+        <v>65</v>
+      </c>
+      <c r="E186" t="s">
+        <v>12</v>
+      </c>
+      <c r="F186" t="s">
+        <v>392</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -5101,50 +5458,62 @@
     <hyperlink ref="A150" r:id="rId_hyperlink_147"/>
     <hyperlink ref="A151" r:id="rId_hyperlink_148"/>
     <hyperlink ref="A152" r:id="rId_hyperlink_149"/>
     <hyperlink ref="A153" r:id="rId_hyperlink_150"/>
     <hyperlink ref="A154" r:id="rId_hyperlink_151"/>
     <hyperlink ref="A155" r:id="rId_hyperlink_152"/>
     <hyperlink ref="A156" r:id="rId_hyperlink_153"/>
     <hyperlink ref="A157" r:id="rId_hyperlink_154"/>
     <hyperlink ref="A158" r:id="rId_hyperlink_155"/>
     <hyperlink ref="A159" r:id="rId_hyperlink_156"/>
     <hyperlink ref="A160" r:id="rId_hyperlink_157"/>
     <hyperlink ref="A161" r:id="rId_hyperlink_158"/>
     <hyperlink ref="A162" r:id="rId_hyperlink_159"/>
     <hyperlink ref="A163" r:id="rId_hyperlink_160"/>
     <hyperlink ref="A164" r:id="rId_hyperlink_161"/>
     <hyperlink ref="A165" r:id="rId_hyperlink_162"/>
     <hyperlink ref="A166" r:id="rId_hyperlink_163"/>
     <hyperlink ref="A167" r:id="rId_hyperlink_164"/>
     <hyperlink ref="A168" r:id="rId_hyperlink_165"/>
     <hyperlink ref="A169" r:id="rId_hyperlink_166"/>
     <hyperlink ref="A170" r:id="rId_hyperlink_167"/>
     <hyperlink ref="A171" r:id="rId_hyperlink_168"/>
     <hyperlink ref="A172" r:id="rId_hyperlink_169"/>
     <hyperlink ref="A173" r:id="rId_hyperlink_170"/>
     <hyperlink ref="A174" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="A175" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="A176" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="A177" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="A178" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="A179" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="A180" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="A181" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="A182" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="A183" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="A184" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="A185" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="A186" r:id="rId_hyperlink_183"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>