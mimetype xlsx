--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
-    <t>Общо 65 резултата</t>
+    <t>Общо 66 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
     <t>Областна стратегия за развитие на социалните услуги 2016 – 2020 г. Област Благоевград</t>
   </si>
   <si>
     <t>---</t>
   </si>
@@ -317,54 +317,63 @@
   <si>
     <t>Стратегия за развитие на социалните услуги на област Пазарджик 2011-2015г.</t>
   </si>
   <si>
     <t>03-12-2010 - 31-12-2015</t>
   </si>
   <si>
     <t>Стратегия за развитие на Област Перник 2014 - 2020</t>
   </si>
   <si>
     <t>Перник</t>
   </si>
   <si>
     <t>21-06-2013 - 31-12-2020</t>
   </si>
   <si>
     <t>Областна стратегия за развитие на Област Плевен за периода 2014 – 2020 г.</t>
   </si>
   <si>
     <t>Плевен</t>
   </si>
   <si>
     <t>26-06-2013 - 31-12-2020</t>
   </si>
   <si>
+    <t>Областна стратегия за подкрепа за личностно развитие на децата и учениците в област Пловдив 2024 – 2026 г.</t>
+  </si>
+  <si>
+    <t>Стратегия</t>
+  </si>
+  <si>
+    <t>Пловдив</t>
+  </si>
+  <si>
+    <t>11-09-2024 - 31-12-2026</t>
+  </si>
+  <si>
     <t>Областна стратегия за развитие на Област Пловдив 2014-2020 г.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пловдив</t>
   </si>
   <si>
     <t>11-06-2013 - 31-12-2020</t>
   </si>
   <si>
     <t>Областна стратегия за развитие 2014 – 2020 г.</t>
   </si>
   <si>
     <t>Разград</t>
   </si>
   <si>
     <t>29-11-2013 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегия за развитие на социалните услуги в Област Разград (2016 – 2020 г.)</t>
   </si>
   <si>
     <t>30-12-2015 - 31-12-2020</t>
   </si>
   <si>
     <t>Областна стратегия за развитие на Област Русе 2014-2020 година</t>
   </si>
   <si>
     <t>Русе</t>
   </si>
@@ -878,62 +887,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/19" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/635" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/638" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/665" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/820" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/725" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/794" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/586" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/106" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/726" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/727" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/731" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/732" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/114" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/760" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/664" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/735" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1219" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/999" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/968" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1260" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/19" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/844" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/996" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/845" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/635" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/980" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/638" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/870" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/665" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1000" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/820" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/877" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1241" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1688" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/995" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/725" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1001" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/794" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1002" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1619" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1724" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1405" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1003" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1250" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/586" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1269" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/837" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/106" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1004" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/726" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/988" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/989" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/727" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1005" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1035" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1748" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1015" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1017" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1018" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1019" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1226" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/843" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/731" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1022" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1024" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1023" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/732" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/114" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1025" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1028" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1014" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1026" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1029" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/760" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1248" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/664" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1030" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/734" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1031" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/735" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1032" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1218" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1219" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F68"/>
+  <dimension ref="A1:F69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A68" sqref="A68"/>
+      <selection activeCell="A69" sqref="A69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
@@ -1702,583 +1711,603 @@
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
         <v>99</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>102</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>113</v>
+        <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>10</v>
+      </c>
+      <c r="D48" t="s">
         <v>115</v>
       </c>
-      <c r="B48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
         <v>129</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
         <v>135</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" t="s">
         <v>138</v>
       </c>
-      <c r="B58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>125</v>
+        <v>143</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>10</v>
+      </c>
+      <c r="D60" t="s">
         <v>142</v>
       </c>
-      <c r="B60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>81</v>
+        <v>159</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>61</v>
+        <v>161</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>161</v>
+        <v>81</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D68" t="s">
-        <v>163</v>
+        <v>61</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>164</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>163</v>
+      </c>
+      <c r="D69" t="s">
+        <v>166</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>
@@ -2308,50 +2337,51 @@
     <hyperlink ref="A44" r:id="rId_hyperlink_41"/>
     <hyperlink ref="A45" r:id="rId_hyperlink_42"/>
     <hyperlink ref="A46" r:id="rId_hyperlink_43"/>
     <hyperlink ref="A47" r:id="rId_hyperlink_44"/>
     <hyperlink ref="A48" r:id="rId_hyperlink_45"/>
     <hyperlink ref="A49" r:id="rId_hyperlink_46"/>
     <hyperlink ref="A50" r:id="rId_hyperlink_47"/>
     <hyperlink ref="A51" r:id="rId_hyperlink_48"/>
     <hyperlink ref="A52" r:id="rId_hyperlink_49"/>
     <hyperlink ref="A53" r:id="rId_hyperlink_50"/>
     <hyperlink ref="A54" r:id="rId_hyperlink_51"/>
     <hyperlink ref="A55" r:id="rId_hyperlink_52"/>
     <hyperlink ref="A56" r:id="rId_hyperlink_53"/>
     <hyperlink ref="A57" r:id="rId_hyperlink_54"/>
     <hyperlink ref="A58" r:id="rId_hyperlink_55"/>
     <hyperlink ref="A59" r:id="rId_hyperlink_56"/>
     <hyperlink ref="A60" r:id="rId_hyperlink_57"/>
     <hyperlink ref="A61" r:id="rId_hyperlink_58"/>
     <hyperlink ref="A62" r:id="rId_hyperlink_59"/>
     <hyperlink ref="A63" r:id="rId_hyperlink_60"/>
     <hyperlink ref="A64" r:id="rId_hyperlink_61"/>
     <hyperlink ref="A65" r:id="rId_hyperlink_62"/>
     <hyperlink ref="A66" r:id="rId_hyperlink_63"/>
     <hyperlink ref="A67" r:id="rId_hyperlink_64"/>
     <hyperlink ref="A68" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="A69" r:id="rId_hyperlink_66"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>