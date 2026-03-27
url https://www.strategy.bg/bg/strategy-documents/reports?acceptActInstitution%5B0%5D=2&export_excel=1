--- v0 (2025-11-05)
+++ v1 (2026-03-27)
@@ -12,260 +12,269 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>СПРАВКА "СТРАТЕГИЧЕСКИ ДОКУМЕНТИ"</t>
   </si>
   <si>
     <t>Общо 24 резултата</t>
   </si>
   <si>
     <t>Заглавие</t>
   </si>
   <si>
     <t>Вид стратегически документ</t>
   </si>
   <si>
     <t>Административно ниво на органа, приел документа</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Орган, приел стратегически документ</t>
   </si>
   <si>
     <t>Валидност</t>
   </si>
   <si>
+    <t>Националната стратегия за младежта (2021-2030)</t>
+  </si>
+  <si>
+    <t>Национална стратегия</t>
+  </si>
+  <si>
+    <t>Национално</t>
+  </si>
+  <si>
+    <t>04. Детско и младежко развитие</t>
+  </si>
+  <si>
+    <t>Народното събрание</t>
+  </si>
+  <si>
+    <t>31-01-2023 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за развитие на научните изследвания 2017 – 2030 г.</t>
+  </si>
+  <si>
+    <t>11. Научни изследвания и иновации</t>
+  </si>
+  <si>
+    <t>07-06-2017 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Стратегия за развитие на висшето образование в Република България 2021-2030 г.</t>
+  </si>
+  <si>
+    <t>Стратегия</t>
+  </si>
+  <si>
+    <t>12. Образование</t>
+  </si>
+  <si>
+    <t>17-12-2020 - 31-12-2030</t>
+  </si>
+  <si>
+    <t>Национална стратегия за управление и развитие на водния сектор</t>
+  </si>
+  <si>
+    <t>13. Околна среда</t>
+  </si>
+  <si>
+    <t>21-11-2012 - 31-12-2037</t>
+  </si>
+  <si>
     <t>Стратегия за приватизация на "Вазовски машиностроителни заводи" ЕАД - Сопот</t>
   </si>
   <si>
     <t>---</t>
   </si>
   <si>
-    <t>Национално</t>
-[...5 lines deleted...]
-    <t>Народното събрание</t>
+    <t>Архив - Бизнес среда</t>
   </si>
   <si>
     <t>23-03-2011 - 31-12-2012</t>
   </si>
   <si>
     <t>Актуализирана стратегия за национална сигурност на Република България</t>
   </si>
   <si>
-    <t>Външна политика, сигурност и отбрана</t>
+    <t>Архив - Външна политика, сигурност и отбрана</t>
   </si>
   <si>
     <t>14-03-2018 - 01-01-9999</t>
   </si>
   <si>
     <t>Бяла книга за отбраната и въоръжените сили на Република България</t>
   </si>
   <si>
     <t>28-10-2010 - 31-12-2020</t>
   </si>
   <si>
     <t>Военна доктрина на Република България</t>
   </si>
   <si>
     <t>08-04-1999 - 31-12-2011</t>
   </si>
   <si>
     <t>Концепция за национална сигурност на Република България</t>
   </si>
   <si>
     <t>16-04-1998 - 31-12-2010</t>
   </si>
   <si>
     <t>Концепция на Република България за участие с военни контингенти в операции зад граница</t>
   </si>
   <si>
     <t>29-03-2005 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегически преглед на отбраната. Политическа рамка</t>
   </si>
   <si>
     <t>25-03-2004 - 31-12-2021</t>
   </si>
   <si>
     <t>Стратегия за национална сигурност на Република България</t>
   </si>
   <si>
     <t>08-03-2011 - 31-12-2020</t>
   </si>
   <si>
     <t>Енергийна стратегия на Република България до 2020 г.</t>
   </si>
   <si>
-    <t>Енергетика</t>
+    <t>Архив - Енергетика</t>
   </si>
   <si>
     <t>01-06-2011 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2008 - 2013 г. и план за действие</t>
   </si>
   <si>
-    <t>Здравеопазване</t>
+    <t>Архив - Здравеопазване</t>
   </si>
   <si>
     <t>05-12-2008 - 31-12-2013</t>
   </si>
   <si>
     <t>Национална здравна стратегия 2020</t>
   </si>
   <si>
     <t>17-12-2015 - 31-12-2020</t>
   </si>
   <si>
-    <t>Националната стратегия за младежта (2021-2030)</t>
-[...16 lines deleted...]
-  <si>
     <t>Национална стратегия за развитие на научните изследвания 2020</t>
   </si>
   <si>
+    <t>Архив - Наука и технологии</t>
+  </si>
+  <si>
     <t>28-07-2011 - 31-12-2020</t>
   </si>
   <si>
     <t>Стратегия за развитие на радио- и телевизионната дейност чрез наземно радиоразприскване</t>
   </si>
   <si>
     <t>28-09-2005 - 31-12-2008</t>
   </si>
   <si>
     <t>Национална програма за развитие на училищното образование и предучилищното възпитание и подготовка 2006 – 2015 г.</t>
   </si>
   <si>
-    <t>Образование</t>
+    <t>Архив - Образование</t>
   </si>
   <si>
     <t>07-06-2006 - 31-12-2015</t>
   </si>
   <si>
     <t>Национална стратегия за въвеждане на ИКТ в българските училища</t>
   </si>
   <si>
     <t>01-03-2005 - 31-12-2008</t>
   </si>
   <si>
-    <t>Стратегия за развитие на висшето образование в Република България 2021-2030 г.</t>
-[...4 lines deleted...]
-  <si>
     <t>Стратегията за развитие на висшето образование в Република България за периода 2014 – 2020 г.</t>
   </si>
   <si>
     <t>26-02-2015 - 31-12-2020</t>
   </si>
   <si>
-    <t>Национална стратегия за управление и развитие на водния сектор</t>
-[...7 lines deleted...]
-  <si>
     <t>Актуализирана стратегия за продължаване на реформата в съдебната система</t>
   </si>
   <si>
-    <t>Правосъдие и вътрешни работи</t>
+    <t>Архив - Правосъдие и вътрешни работи</t>
   </si>
   <si>
     <t>21-01-2015 - 31-12-2023</t>
   </si>
   <si>
     <t>Национална стратегия за детето 2008-2018 г.</t>
   </si>
   <si>
-    <t>Стратегия</t>
-[...2 lines deleted...]
-    <t>Социална политика и заетост</t>
+    <t>Архив - Социална политика и заетост</t>
   </si>
   <si>
     <t>31-01-2008 - 31-12-2018</t>
   </si>
   <si>
     <t>Национална стратегия на Република България за интегриране на ромите (2012 - 2020)</t>
   </si>
   <si>
     <t>01-03-2012 - 31-12-2020</t>
   </si>
   <si>
     <t>Национална стратегия за развитие на физическото възпитание и спорта в Република България 2012 - 2022</t>
   </si>
   <si>
-    <t>Спорт</t>
+    <t>Архив - Спорт</t>
   </si>
   <si>
     <t>24-11-2011 - 31-12-2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -596,70 +605,70 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/704" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1672" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/666" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/562" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/668" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/392" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/449" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/606" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/705" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/499" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1593" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/710" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/405" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1495" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/876" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/477" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/715" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1587" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1593" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1495" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/876" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/704" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/1672" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/666" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/562" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/668" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/392" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/449" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/606" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/705" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/499" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/994" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/710" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/548" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/405" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/411" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/964" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/958" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/477" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/728" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/strategy-documents/715" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A27" sqref="A27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
@@ -700,483 +709,483 @@
     <row r="5" spans="1:6">
       <c r="A5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="4" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="B12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="4" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_16"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_17"/>