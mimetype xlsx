--- v0 (2025-12-01)
+++ v1 (2026-02-01)
@@ -44,128 +44,128 @@
   <si>
     <t>Брой консултации</t>
   </si>
   <si>
     <t>Брой консултации със срок, по-кратък от 30 дни</t>
   </si>
   <si>
     <t>Брой консултации без мотиви за по-кратък срок</t>
   </si>
   <si>
     <t>Брой консултации с липсващ задължителен документ</t>
   </si>
   <si>
     <t>Брой консултации без справка за получените предложения</t>
   </si>
   <si>
     <t>Агенция за публичните предприятия и контрол</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>Вид акт</t>
   </si>
   <si>
+    <t>Ненормативен акт на орган извън изпълнителната власт</t>
+  </si>
+  <si>
+    <t>Акт на Министерския съвет</t>
+  </si>
+  <si>
     <t>Акт на орган извън изпълнителната власт</t>
   </si>
   <si>
-    <t>Ненормативен акт на орган извън изпълнителната власт</t>
-[...4 lines deleted...]
-  <si>
     <t>Акт на министър</t>
   </si>
   <si>
     <t>Агенция за ядрено регулиране</t>
   </si>
   <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Държавна агенция "Архиви"</t>
   </si>
   <si>
     <t>Държавна агенция "Безопасност на движението по пътищата"</t>
   </si>
   <si>
     <t>Ненормативен акт (на МС или на министър)</t>
   </si>
   <si>
     <t>Държавна агенция "Държавен резерв и военновременни запаси"</t>
   </si>
   <si>
     <t>Държавна агенция за бежанците</t>
   </si>
   <si>
+    <t>Държавна агенция за метрологичен и технически надзор</t>
+  </si>
+  <si>
     <t>Не</t>
   </si>
   <si>
-    <t>Държавна агенция за метрологичен и технически надзор</t>
-[...1 lines deleted...]
-  <si>
     <t>Държавна агенция "Национална сигурност"</t>
   </si>
   <si>
     <t>Държавна агенция "Технически операции"</t>
   </si>
   <si>
     <t>Държавна комисия по сигурността на информацията</t>
   </si>
   <si>
     <t>Комисия за енергийно и водно регулиране</t>
   </si>
   <si>
     <t>Комисия за защита на конкуренцията</t>
   </si>
   <si>
     <t>Комисия за защита на личните данни</t>
   </si>
   <si>
     <t>Комисия за отнемане на незаконно придобитото имущество</t>
   </si>
   <si>
     <t>Комисия за публичен надзор над регистрираните одитори</t>
   </si>
   <si>
     <t>Комисия за регулиране на съобщенията</t>
   </si>
   <si>
     <t>Комисия за финансов надзор</t>
   </si>
   <si>
     <t>Министерски съвет и неговата администрация</t>
   </si>
   <si>
+    <t>Акт на общински съвет</t>
+  </si>
+  <si>
     <t>Рамкова позиция</t>
   </si>
   <si>
-    <t>Акт на общински съвет</t>
-[...1 lines deleted...]
-  <si>
     <t>Министерство на външните работи</t>
   </si>
   <si>
     <t>Министерство на вътрешните работи</t>
   </si>
   <si>
     <t>Министерство на електронното управление</t>
   </si>
   <si>
     <t>Министерство на енергетиката</t>
   </si>
   <si>
     <t>Министерство на здравеопазването</t>
   </si>
   <si>
     <t>Министерство на земеделието и храните</t>
   </si>
   <si>
     <t>Министерство на икономиката и индустрията</t>
   </si>
   <si>
     <t>Министерство на иновациите и растежа</t>
   </si>
   <si>
     <t>Министерство на културата</t>
@@ -191,54 +191,54 @@
   <si>
     <t>Министерство на транспорта и съобщенията</t>
   </si>
   <si>
     <t>Министерство на труда и социалната политика</t>
   </si>
   <si>
     <t>Министерство на туризма</t>
   </si>
   <si>
     <t>Министерство на финансите</t>
   </si>
   <si>
     <t>Национален статистически институт</t>
   </si>
   <si>
     <t>Национален съвет по цени и реимбурсиране на лекарствените продукти</t>
   </si>
   <si>
     <t>Национална служба за охрана</t>
   </si>
   <si>
     <t>Областна администрация - Търговище</t>
   </si>
   <si>
+    <t>Акт на областен управител</t>
+  </si>
+  <si>
     <t>Ненормативен акт на областен управител</t>
-  </si>
-[...1 lines deleted...]
-    <t>Акт на областен управител</t>
   </si>
   <si>
     <t>Общинска администрация - Аврен</t>
   </si>
   <si>
     <t>Общинска администрация - Айтос</t>
   </si>
   <si>
     <t>Ненормативен акт на общински съвет</t>
   </si>
   <si>
     <t>Общинска администрация - Аксаково</t>
   </si>
   <si>
     <t>Общинска администрация - Батак</t>
   </si>
   <si>
     <t>Общинска администрация - Белене</t>
   </si>
   <si>
     <t>Общинска администрация - Белослав</t>
   </si>
   <si>
     <t>Общинска администрация - Бургас</t>
   </si>
@@ -763,2042 +763,2042 @@
         <v>5</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="s">
         <v>8</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9">
         <v>22</v>
       </c>
       <c r="D9">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>8</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B15">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>10</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>8</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B18">
         <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B19">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B20">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21">
         <v>12</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21">
         <v>1</v>
       </c>
       <c r="E21" t="s">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B23">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B24">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B25">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B26">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27">
         <v>35</v>
       </c>
       <c r="C27">
         <v>16</v>
       </c>
       <c r="D27">
         <v>16</v>
       </c>
       <c r="E27" t="s">
         <v>8</v>
       </c>
       <c r="F27">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B29">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B30">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C32">
         <v>3</v>
       </c>
       <c r="D32">
         <v>3</v>
       </c>
       <c r="E32" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B36">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B37">
         <v>5</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B41">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C42">
         <v>19</v>
       </c>
       <c r="D42">
         <v>19</v>
       </c>
       <c r="E42" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F42">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B44">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B45">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B46">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B47">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>24</v>
       </c>
       <c r="B48">
         <v>8</v>
       </c>
       <c r="C48">
         <v>0</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
       <c r="E48" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B50">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>25</v>
       </c>
       <c r="B52">
         <v>2</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
       <c r="E52" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>26</v>
       </c>
       <c r="B56">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C56">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="D56">
         <v>71</v>
       </c>
       <c r="E56" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F56">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B58">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B59">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>27</v>
       </c>
       <c r="B62">
         <v>7</v>
       </c>
       <c r="C62">
         <v>4</v>
       </c>
       <c r="D62">
         <v>4</v>
       </c>
       <c r="E62" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F62">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64">
         <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>28</v>
       </c>
       <c r="B65">
         <v>6</v>
       </c>
       <c r="C65">
         <v>4</v>
       </c>
       <c r="D65">
         <v>4</v>
       </c>
       <c r="E65" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F65">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B69">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>29</v>
       </c>
       <c r="B70">
         <v>2</v>
       </c>
       <c r="C70">
         <v>1</v>
       </c>
       <c r="D70">
         <v>1</v>
       </c>
       <c r="E70" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>30</v>
       </c>
       <c r="B71">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C71">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D71">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E71" t="s">
         <v>8</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B73">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>31</v>
       </c>
       <c r="B74">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C74">
         <v>7</v>
       </c>
       <c r="D74">
         <v>7</v>
       </c>
       <c r="E74" t="s">
         <v>8</v>
       </c>
       <c r="F74">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B76">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B77">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B78">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B79">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>32</v>
       </c>
       <c r="B80">
         <v>1</v>
       </c>
       <c r="C80">
         <v>0</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>33</v>
       </c>
       <c r="B83">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="C83">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D83">
         <v>466</v>
       </c>
       <c r="E83" t="s">
         <v>8</v>
       </c>
       <c r="F83">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>34</v>
       </c>
       <c r="B85">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="B86">
-        <v>105</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B87">
-        <v>657</v>
+        <v>105</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B88">
-        <v>101</v>
+        <v>652</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B89">
-        <v>80</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="B90">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>36</v>
       </c>
       <c r="B91">
         <v>62</v>
       </c>
       <c r="C91">
         <v>19</v>
       </c>
       <c r="D91">
         <v>19</v>
       </c>
       <c r="E91" t="s">
         <v>8</v>
       </c>
       <c r="F91">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B93">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
+        <v>13</v>
+      </c>
+      <c r="B94">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B95">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>37</v>
       </c>
       <c r="B96">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="C96">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D96">
         <v>55</v>
       </c>
       <c r="E96" t="s">
         <v>8</v>
       </c>
       <c r="F96">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B98">
-        <v>12</v>
+        <v>57</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B99">
-        <v>54</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
+        <v>18</v>
+      </c>
+      <c r="B100">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101">
         <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>38</v>
       </c>
       <c r="B102">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C102">
         <v>12</v>
       </c>
       <c r="D102">
         <v>12</v>
       </c>
       <c r="E102" t="s">
         <v>8</v>
       </c>
       <c r="F102">
         <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B104">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B105">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B106">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>39</v>
       </c>
       <c r="B107">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C107">
         <v>28</v>
       </c>
       <c r="D107">
         <v>28</v>
       </c>
       <c r="E107" t="s">
         <v>8</v>
       </c>
       <c r="F107">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>13</v>
       </c>
       <c r="B109">
         <v>21</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B112">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>40</v>
       </c>
       <c r="B113">
-        <v>538</v>
+        <v>557</v>
       </c>
       <c r="C113">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="D113">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="E113" t="s">
         <v>8</v>
       </c>
       <c r="F113">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B115">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B116">
-        <v>33</v>
+        <v>87</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B117">
-        <v>81</v>
+        <v>34</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>13</v>
       </c>
       <c r="B118">
-        <v>347</v>
+        <v>358</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>41</v>
       </c>
       <c r="B119">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="C119">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="D119">
         <v>262</v>
       </c>
       <c r="E119" t="s">
         <v>8</v>
       </c>
       <c r="F119">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>13</v>
       </c>
       <c r="B121">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B122">
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B123">
-        <v>21</v>
+        <v>263</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B124">
-        <v>259</v>
+        <v>45</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>42</v>
       </c>
       <c r="B125">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C125">
         <v>160</v>
       </c>
       <c r="D125">
         <v>160</v>
       </c>
       <c r="E125" t="s">
         <v>8</v>
       </c>
       <c r="F125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B128">
-        <v>86</v>
+        <v>64</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B129">
-        <v>101</v>
+        <v>86</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B130">
-        <v>63</v>
+        <v>101</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>43</v>
       </c>
       <c r="B131">
         <v>19</v>
       </c>
       <c r="C131">
         <v>6</v>
       </c>
       <c r="D131">
         <v>6</v>
       </c>
       <c r="E131" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F131">
         <v>2</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B133">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B134">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135">
         <v>2</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
         <v>15</v>
       </c>
       <c r="B136">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>44</v>
       </c>
       <c r="B137">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C137">
         <v>42</v>
       </c>
       <c r="D137">
         <v>42</v>
       </c>
       <c r="E137" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F137">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>15</v>
       </c>
       <c r="B139">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B140">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>13</v>
       </c>
       <c r="B141">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>18</v>
       </c>
       <c r="B142">
         <v>8</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>45</v>
       </c>
       <c r="B143">
         <v>96</v>
       </c>
       <c r="C143">
+        <v>52</v>
+      </c>
+      <c r="D143">
         <v>50</v>
       </c>
-      <c r="D143">
-[...1 lines deleted...]
-      </c>
       <c r="E143" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F143">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B145">
         <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B146">
-        <v>4</v>
+        <v>41</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B147">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B148">
-        <v>41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>46</v>
       </c>
       <c r="B149">
-        <v>1083</v>
+        <v>1109</v>
       </c>
       <c r="C149">
         <v>270</v>
       </c>
       <c r="D149">
         <v>270</v>
       </c>
       <c r="E149" t="s">
         <v>8</v>
       </c>
       <c r="F149">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B151">
-        <v>301</v>
+        <v>310</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>13</v>
       </c>
       <c r="B152">
-        <v>439</v>
+        <v>456</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>15</v>
       </c>
       <c r="B153">
         <v>38</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
         <v>18</v>
       </c>
       <c r="B154">
         <v>57</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>47</v>
       </c>
       <c r="B155">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C155">
         <v>284</v>
       </c>
       <c r="D155">
         <v>284</v>
       </c>
       <c r="E155" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F155">
         <v>4</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
         <v>15</v>
       </c>
       <c r="B157">
         <v>88</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B158">
-        <v>157</v>
+        <v>121</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B159">
-        <v>18</v>
+        <v>157</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B160">
-        <v>119</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
         <v>48</v>
       </c>
       <c r="B161">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C161">
         <v>98</v>
       </c>
       <c r="D161">
         <v>98</v>
       </c>
       <c r="E161" t="s">
         <v>8</v>
       </c>
       <c r="F161">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B163">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B164">
-        <v>97</v>
+        <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B165">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B166">
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
         <v>49</v>
       </c>
       <c r="B167">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C167">
         <v>124</v>
       </c>
       <c r="D167">
         <v>124</v>
       </c>
       <c r="E167" t="s">
         <v>8</v>
       </c>
       <c r="F167">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B169">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
         <v>13</v>
       </c>
       <c r="B170">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
         <v>15</v>
       </c>
       <c r="B171">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
         <v>18</v>
       </c>
       <c r="B172">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
         <v>50</v>
       </c>
       <c r="B173">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C173">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D173">
         <v>96</v>
       </c>
       <c r="E173" t="s">
         <v>8</v>
       </c>
       <c r="F173">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
         <v>13</v>
       </c>
       <c r="B175">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B176">
-        <v>12</v>
+        <v>69</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
+        <v>18</v>
+      </c>
+      <c r="B177">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
         <v>15</v>
       </c>
       <c r="B178">
         <v>42</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
         <v>51</v>
       </c>
       <c r="B179">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C179">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D179">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E179" t="s">
         <v>8</v>
       </c>
       <c r="F179">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B181">
-        <v>91</v>
+        <v>262</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B182">
-        <v>260</v>
+        <v>91</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B183">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
         <v>52</v>
       </c>
       <c r="B185">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C185">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D185">
         <v>22</v>
       </c>
       <c r="E185" t="s">
         <v>8</v>
       </c>
       <c r="F185">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
         <v>13</v>
       </c>
       <c r="B187">
         <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>18</v>
       </c>
       <c r="B188">
         <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
         <v>15</v>
       </c>
       <c r="B189">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B190">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
         <v>53</v>
       </c>
       <c r="B191">
         <v>38</v>
       </c>
       <c r="C191">
         <v>19</v>
       </c>
       <c r="D191">
         <v>19</v>
       </c>
       <c r="E191" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B193">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B194">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
         <v>15</v>
       </c>
       <c r="B195">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
         <v>54</v>
       </c>
       <c r="B196">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="C196">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="D196">
         <v>257</v>
       </c>
       <c r="E196" t="s">
         <v>8</v>
       </c>
       <c r="F196">
-        <v>8</v>
+        <v>34</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B198">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
         <v>18</v>
       </c>
       <c r="B199">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
         <v>13</v>
       </c>
       <c r="B200">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
         <v>15</v>
       </c>
       <c r="B201">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
         <v>55</v>
       </c>
       <c r="B202">
         <v>1</v>
       </c>
       <c r="C202">
         <v>0</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
         <v>15</v>
       </c>
       <c r="B204">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
         <v>56</v>
       </c>
       <c r="B205">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C205">
         <v>49</v>
       </c>
       <c r="D205">
         <v>49</v>
       </c>
       <c r="E205" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
         <v>13</v>
       </c>
       <c r="B207">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
         <v>57</v>
       </c>
       <c r="B208">
         <v>1</v>
       </c>
       <c r="C208">
         <v>1</v>
       </c>
       <c r="D208">
         <v>1</v>
       </c>
       <c r="E208" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B210">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
         <v>58</v>
       </c>
       <c r="B211">
         <v>2</v>
       </c>
       <c r="C211">
         <v>0</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211" t="s">
         <v>8</v>
       </c>
       <c r="F211">
         <v>0</v>
       </c>
     </row>
@@ -2815,1848 +2815,1848 @@
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
         <v>60</v>
       </c>
       <c r="B214">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
         <v>61</v>
       </c>
       <c r="B215">
         <v>14</v>
       </c>
       <c r="C215">
         <v>0</v>
       </c>
       <c r="D215">
         <v>0</v>
       </c>
       <c r="E215" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B217">
         <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
         <v>62</v>
       </c>
       <c r="B218">
         <v>23</v>
       </c>
       <c r="C218">
         <v>0</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F218">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
         <v>63</v>
       </c>
       <c r="B220">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B221">
         <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
         <v>64</v>
       </c>
       <c r="B222">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C222">
         <v>0</v>
       </c>
       <c r="D222">
         <v>0</v>
       </c>
       <c r="E222" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F222">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B224">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
         <v>65</v>
       </c>
       <c r="B225">
         <v>1</v>
       </c>
       <c r="C225">
         <v>0</v>
       </c>
       <c r="D225">
         <v>0</v>
       </c>
       <c r="E225" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B227">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
         <v>66</v>
       </c>
       <c r="B228">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C228">
         <v>0</v>
       </c>
       <c r="D228">
         <v>0</v>
       </c>
       <c r="E228" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
         <v>63</v>
       </c>
       <c r="B230">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B231">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
         <v>67</v>
       </c>
       <c r="B232">
         <v>5</v>
       </c>
       <c r="C232">
         <v>0</v>
       </c>
       <c r="D232">
         <v>0</v>
       </c>
       <c r="E232" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F232">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B234">
         <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
         <v>68</v>
       </c>
       <c r="B235">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C235">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D235">
         <v>14</v>
       </c>
       <c r="E235" t="s">
         <v>8</v>
       </c>
       <c r="F235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B237">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
         <v>63</v>
       </c>
       <c r="B238">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
         <v>69</v>
       </c>
       <c r="B239">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C239">
         <v>1</v>
       </c>
       <c r="D239">
         <v>1</v>
       </c>
       <c r="E239" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F239">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B241">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
         <v>63</v>
       </c>
       <c r="B242">
         <v>8</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
         <v>70</v>
       </c>
       <c r="B243">
         <v>25</v>
       </c>
       <c r="C243">
         <v>4</v>
       </c>
       <c r="D243">
         <v>4</v>
       </c>
       <c r="E243" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F243">
         <v>2</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
         <v>63</v>
       </c>
       <c r="B245">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B246">
         <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
         <v>71</v>
       </c>
       <c r="B247">
         <v>8</v>
       </c>
       <c r="C247">
         <v>0</v>
       </c>
       <c r="D247">
         <v>0</v>
       </c>
       <c r="E247" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F247">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B249">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
         <v>72</v>
       </c>
       <c r="B250">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C250">
         <v>0</v>
       </c>
       <c r="D250">
         <v>0</v>
       </c>
       <c r="E250" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F250">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
         <v>63</v>
       </c>
       <c r="B252">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B253">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
         <v>73</v>
       </c>
       <c r="B254">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C254">
         <v>2</v>
       </c>
       <c r="D254">
         <v>2</v>
       </c>
       <c r="E254" t="s">
         <v>8</v>
       </c>
       <c r="F254">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B256">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
         <v>63</v>
       </c>
       <c r="B257">
         <v>7</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
         <v>74</v>
       </c>
       <c r="B258">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C258">
         <v>0</v>
       </c>
       <c r="D258">
         <v>0</v>
       </c>
       <c r="E258" t="s">
         <v>8</v>
       </c>
       <c r="F258">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B260">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
         <v>75</v>
       </c>
       <c r="B261">
         <v>15</v>
       </c>
       <c r="C261">
         <v>1</v>
       </c>
       <c r="D261">
         <v>1</v>
       </c>
       <c r="E261" t="s">
         <v>8</v>
       </c>
       <c r="F261">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B263">
         <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
         <v>63</v>
       </c>
       <c r="B264">
         <v>2</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
         <v>76</v>
       </c>
       <c r="B265">
         <v>24</v>
       </c>
       <c r="C265">
         <v>2</v>
       </c>
       <c r="D265">
         <v>2</v>
       </c>
       <c r="E265" t="s">
         <v>8</v>
       </c>
       <c r="F265">
         <v>2</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
         <v>63</v>
       </c>
       <c r="B267">
         <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B268">
         <v>22</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
         <v>77</v>
       </c>
       <c r="B269">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C269">
         <v>0</v>
       </c>
       <c r="D269">
         <v>0</v>
       </c>
       <c r="E269" t="s">
         <v>8</v>
       </c>
       <c r="F269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B271">
         <v>20</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
         <v>78</v>
       </c>
       <c r="B272">
         <v>1</v>
       </c>
       <c r="C272">
         <v>0</v>
       </c>
       <c r="D272">
         <v>0</v>
       </c>
       <c r="E272" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F272">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
         <v>63</v>
       </c>
       <c r="B274">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
         <v>79</v>
       </c>
       <c r="B275">
         <v>1</v>
       </c>
       <c r="C275">
         <v>0</v>
       </c>
       <c r="D275">
         <v>0</v>
       </c>
       <c r="E275" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F275">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B277">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
         <v>80</v>
       </c>
       <c r="B278">
         <v>12</v>
       </c>
       <c r="C278">
         <v>2</v>
       </c>
       <c r="D278">
         <v>2</v>
       </c>
       <c r="E278" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F278">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
         <v>63</v>
       </c>
       <c r="B280">
         <v>5</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B281">
         <v>7</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
         <v>81</v>
       </c>
       <c r="B282">
         <v>18</v>
       </c>
       <c r="C282">
         <v>11</v>
       </c>
       <c r="D282">
         <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B284">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B285">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
         <v>82</v>
       </c>
       <c r="B286">
         <v>3</v>
       </c>
       <c r="C286">
         <v>0</v>
       </c>
       <c r="D286">
         <v>0</v>
       </c>
       <c r="E286" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F286">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B288">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B289">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
         <v>83</v>
       </c>
       <c r="B290">
         <v>19</v>
       </c>
       <c r="C290">
         <v>1</v>
       </c>
       <c r="D290">
         <v>1</v>
       </c>
       <c r="E290" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B292">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
         <v>84</v>
       </c>
       <c r="B293">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C293">
         <v>0</v>
       </c>
       <c r="D293">
         <v>0</v>
       </c>
       <c r="E293" t="s">
         <v>8</v>
       </c>
       <c r="F293">
-        <v>7</v>
+        <v>23</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B295">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
         <v>63</v>
       </c>
       <c r="B296">
         <v>2</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
         <v>85</v>
       </c>
       <c r="B297">
         <v>2</v>
       </c>
       <c r="C297">
         <v>0</v>
       </c>
       <c r="D297">
         <v>0</v>
       </c>
       <c r="E297" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F297">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B299">
         <v>2</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
         <v>86</v>
       </c>
       <c r="B300">
         <v>2</v>
       </c>
       <c r="C300">
         <v>0</v>
       </c>
       <c r="D300">
         <v>0</v>
       </c>
       <c r="E300" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
         <v>63</v>
       </c>
       <c r="B302">
         <v>2</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
         <v>87</v>
       </c>
       <c r="B303">
         <v>2</v>
       </c>
       <c r="C303">
         <v>0</v>
       </c>
       <c r="D303">
         <v>0</v>
       </c>
       <c r="E303" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F303">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B305">
         <v>2</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
         <v>88</v>
       </c>
       <c r="B306">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C306">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D306">
         <v>10</v>
       </c>
       <c r="E306" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F306">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B308">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
         <v>63</v>
       </c>
       <c r="B309">
         <v>5</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
         <v>89</v>
       </c>
       <c r="B310">
         <v>26</v>
       </c>
       <c r="C310">
         <v>4</v>
       </c>
       <c r="D310">
         <v>2</v>
       </c>
       <c r="E310" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F310">
         <v>4</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B312">
         <v>21</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
         <v>63</v>
       </c>
       <c r="B313">
         <v>5</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
         <v>90</v>
       </c>
       <c r="B314">
         <v>9</v>
       </c>
       <c r="C314">
         <v>3</v>
       </c>
       <c r="D314">
         <v>3</v>
       </c>
       <c r="E314" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F314">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B316">
         <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
         <v>91</v>
       </c>
       <c r="B317">
         <v>32</v>
       </c>
       <c r="C317">
         <v>0</v>
       </c>
       <c r="D317">
         <v>0</v>
       </c>
       <c r="E317" t="s">
         <v>8</v>
       </c>
       <c r="F317">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B319">
-        <v>5</v>
+        <v>27</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B320">
-        <v>27</v>
+        <v>5</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
         <v>92</v>
       </c>
       <c r="B321">
         <v>1</v>
       </c>
       <c r="C321">
         <v>0</v>
       </c>
       <c r="D321">
         <v>0</v>
       </c>
       <c r="E321" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F321">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
         <v>63</v>
       </c>
       <c r="B323">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
         <v>93</v>
       </c>
       <c r="B324">
         <v>1</v>
       </c>
       <c r="C324">
         <v>0</v>
       </c>
       <c r="D324">
         <v>0</v>
       </c>
       <c r="E324" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F324">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
         <v>63</v>
       </c>
       <c r="B326">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
         <v>94</v>
       </c>
       <c r="B327">
         <v>6</v>
       </c>
       <c r="C327">
         <v>0</v>
       </c>
       <c r="D327">
         <v>0</v>
       </c>
       <c r="E327" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B329">
         <v>5</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
         <v>63</v>
       </c>
       <c r="B330">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
         <v>95</v>
       </c>
       <c r="B331">
         <v>16</v>
       </c>
       <c r="C331">
         <v>4</v>
       </c>
       <c r="D331">
         <v>4</v>
       </c>
       <c r="E331" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F331">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B333">
         <v>16</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
         <v>96</v>
       </c>
       <c r="B334">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C334">
         <v>5</v>
       </c>
       <c r="D334">
         <v>5</v>
       </c>
       <c r="E334" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F334">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B336">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B337">
-        <v>1</v>
+        <v>13</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
         <v>97</v>
       </c>
       <c r="B338">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C338">
         <v>3</v>
       </c>
       <c r="D338">
         <v>1</v>
       </c>
       <c r="E338" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F338">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B340">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
         <v>63</v>
       </c>
       <c r="B341">
         <v>3</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
         <v>98</v>
       </c>
       <c r="B342">
         <v>13</v>
       </c>
       <c r="C342">
         <v>0</v>
       </c>
       <c r="D342">
         <v>0</v>
       </c>
       <c r="E342" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F342">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B344">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B345">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
         <v>99</v>
       </c>
       <c r="B346">
         <v>4</v>
       </c>
       <c r="C346">
         <v>1</v>
       </c>
       <c r="D346">
         <v>1</v>
       </c>
       <c r="E346" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F346">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B348">
         <v>4</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
         <v>100</v>
       </c>
       <c r="B349">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C349">
         <v>3</v>
       </c>
       <c r="D349">
         <v>3</v>
       </c>
       <c r="E349" t="s">
         <v>8</v>
       </c>
       <c r="F349">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B351">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
         <v>101</v>
       </c>
       <c r="B352">
         <v>7</v>
       </c>
       <c r="C352">
         <v>0</v>
       </c>
       <c r="D352">
         <v>0</v>
       </c>
       <c r="E352" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F352">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B354">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B355">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
         <v>102</v>
       </c>
       <c r="B356">
         <v>18</v>
       </c>
       <c r="C356">
         <v>0</v>
       </c>
       <c r="D356">
         <v>0</v>
       </c>
       <c r="E356" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B358">
         <v>18</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
         <v>103</v>
       </c>
       <c r="B359">
         <v>6</v>
       </c>
       <c r="C359">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D359">
         <v>0</v>
       </c>
       <c r="E359" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F359">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B361">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
         <v>104</v>
       </c>
       <c r="B362">
         <v>13</v>
       </c>
       <c r="C362">
         <v>4</v>
       </c>
       <c r="D362">
         <v>4</v>
       </c>
       <c r="E362" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F362">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
         <v>63</v>
       </c>
       <c r="B364">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B365">
         <v>12</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
         <v>105</v>
       </c>
       <c r="B366">
         <v>19</v>
       </c>
       <c r="C366">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D366">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E366" t="s">
         <v>8</v>
       </c>
       <c r="F366">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B368">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
         <v>106</v>
       </c>
       <c r="B369">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C369">
         <v>0</v>
       </c>
       <c r="D369">
         <v>0</v>
       </c>
       <c r="E369" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F369">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B371">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
         <v>107</v>
       </c>
       <c r="B372">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C372">
         <v>1</v>
       </c>
       <c r="D372">
         <v>1</v>
       </c>
       <c r="E372" t="s">
         <v>8</v>
       </c>
       <c r="F372">
-        <v>2</v>
+        <v>14</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B374">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
         <v>63</v>
       </c>
       <c r="B375">
         <v>2</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
         <v>108</v>
       </c>
       <c r="B376">
         <v>6</v>
       </c>
       <c r="C376">
         <v>0</v>
       </c>
       <c r="D376">
         <v>0</v>
       </c>
       <c r="E376" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F376">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B378">
         <v>5</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
         <v>63</v>
       </c>
       <c r="B379">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
         <v>109</v>
       </c>
       <c r="B380">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C380">
         <v>5</v>
       </c>
       <c r="D380">
         <v>5</v>
       </c>
       <c r="E380" t="s">
         <v>8</v>
       </c>
       <c r="F380">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B382">
-        <v>2</v>
+        <v>35</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B383">
-        <v>34</v>
+        <v>2</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
         <v>110</v>
       </c>
       <c r="B384">
         <v>13</v>
       </c>
       <c r="C384">
         <v>12</v>
       </c>
       <c r="D384">
         <v>12</v>
       </c>
       <c r="E384" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F384">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B386">
         <v>2</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
         <v>13</v>
       </c>
       <c r="B387">
         <v>4</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
         <v>15</v>
       </c>
       <c r="B388">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A4:F4"/>