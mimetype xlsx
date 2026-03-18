--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -12,423 +12,1016 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Справка "Обществени консултации" (Институции)</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Брой консултации</t>
   </si>
   <si>
     <t>Брой консултации със срок, по-кратък от 30 дни</t>
   </si>
   <si>
     <t>Брой консултации без мотиви за по-кратък срок</t>
   </si>
   <si>
     <t>Брой консултации с липсващ задължителен документ</t>
   </si>
   <si>
     <t>Брой консултации без справка за получените предложения</t>
   </si>
   <si>
     <t>Агенция за публичните предприятия и контрол</t>
   </si>
   <si>
-    <t>Да</t>
-[...5 lines deleted...]
-    <t>Ненормативен акт на орган извън изпълнителната власт</t>
+    <t>1 (14.29%)</t>
+  </si>
+  <si>
+    <t>Вид акт (при налична информация)</t>
   </si>
   <si>
     <t>Акт на Министерския съвет</t>
   </si>
   <si>
+    <t>1 (25%)</t>
+  </si>
+  <si>
+    <t>Акт на министър</t>
+  </si>
+  <si>
     <t>Акт на орган извън изпълнителната власт</t>
   </si>
   <si>
-    <t>Акт на министър</t>
-[...1 lines deleted...]
-  <si>
     <t>Агенция за ядрено регулиране</t>
   </si>
   <si>
+    <t>22 (53.66%)</t>
+  </si>
+  <si>
+    <t>6 (37.5%)</t>
+  </si>
+  <si>
+    <t>9 (75%)</t>
+  </si>
+  <si>
     <t>Закон</t>
   </si>
   <si>
     <t>Държавна агенция "Архиви"</t>
   </si>
   <si>
+    <t>4 (40%)</t>
+  </si>
+  <si>
+    <t>1 (50%)</t>
+  </si>
+  <si>
     <t>Държавна агенция "Безопасност на движението по пътищата"</t>
   </si>
   <si>
+    <t>2 (15.38%)</t>
+  </si>
+  <si>
+    <t>1 (7.69%)</t>
+  </si>
+  <si>
+    <t>2 (40%)</t>
+  </si>
+  <si>
+    <t>1 (20%)</t>
+  </si>
+  <si>
     <t>Ненормативен акт (на МС или на министър)</t>
   </si>
   <si>
     <t>Държавна агенция "Държавен резерв и военновременни запаси"</t>
   </si>
   <si>
+    <t>16 (43.24%)</t>
+  </si>
+  <si>
+    <t>3 (42.86%)</t>
+  </si>
+  <si>
+    <t>5 (50%)</t>
+  </si>
+  <si>
     <t>Държавна агенция за бежанците</t>
   </si>
   <si>
+    <t>3 (17.65%)</t>
+  </si>
+  <si>
+    <t>2 (33.33%)</t>
+  </si>
+  <si>
     <t>Държавна агенция за метрологичен и технически надзор</t>
   </si>
   <si>
-    <t>Не</t>
-[...1 lines deleted...]
-  <si>
     <t>Държавна агенция "Национална сигурност"</t>
   </si>
   <si>
+    <t>19 (38%)</t>
+  </si>
+  <si>
+    <t>3 (27.27%)</t>
+  </si>
+  <si>
+    <t>7 (50%)</t>
+  </si>
+  <si>
+    <t>5 (55.56%)</t>
+  </si>
+  <si>
     <t>Държавна агенция "Технически операции"</t>
   </si>
   <si>
     <t>Държавна комисия по сигурността на информацията</t>
   </si>
   <si>
     <t>Комисия за енергийно и водно регулиране</t>
   </si>
   <si>
+    <t>80 (70.8%)</t>
+  </si>
+  <si>
+    <t>71 (62.83%)</t>
+  </si>
+  <si>
+    <t>6 (85.71%)</t>
+  </si>
+  <si>
+    <t>4 (57.14%)</t>
+  </si>
+  <si>
+    <t>23 (60.53%)</t>
+  </si>
+  <si>
+    <t>21 (55.26%)</t>
+  </si>
+  <si>
+    <t>1 (100%)</t>
+  </si>
+  <si>
+    <t>2 (50%)</t>
+  </si>
+  <si>
     <t>Комисия за защита на конкуренцията</t>
   </si>
   <si>
+    <t>3 (100%)</t>
+  </si>
+  <si>
     <t>Комисия за защита на личните данни</t>
   </si>
   <si>
     <t>Комисия за отнемане на незаконно придобитото имущество</t>
   </si>
   <si>
     <t>Комисия за публичен надзор над регистрираните одитори</t>
   </si>
   <si>
+    <t>6 (40%)</t>
+  </si>
+  <si>
+    <t>5 (33.33%)</t>
+  </si>
+  <si>
     <t>Комисия за регулиране на съобщенията</t>
   </si>
   <si>
+    <t>7 (7.95%)</t>
+  </si>
+  <si>
+    <t>2 (28.57%)</t>
+  </si>
+  <si>
+    <t>1 (16.67%)</t>
+  </si>
+  <si>
     <t>Комисия за финансов надзор</t>
   </si>
   <si>
     <t>Министерски съвет и неговата администрация</t>
   </si>
   <si>
+    <t>473 (41.02%)</t>
+  </si>
+  <si>
+    <t>466 (40.42%)</t>
+  </si>
+  <si>
+    <t>59 (59.6%)</t>
+  </si>
+  <si>
+    <t>55 (55.56%)</t>
+  </si>
+  <si>
+    <t>152 (25.25%)</t>
+  </si>
+  <si>
+    <t>150 (24.92%)</t>
+  </si>
+  <si>
     <t>Акт на общински съвет</t>
   </si>
   <si>
-    <t>Рамкова позиция</t>
+    <t>52 (73.24%)</t>
+  </si>
+  <si>
+    <t>42 (40.38%)</t>
   </si>
   <si>
     <t>Министерство на външните работи</t>
   </si>
   <si>
+    <t>19 (30.16%)</t>
+  </si>
+  <si>
+    <t>12 (40%)</t>
+  </si>
+  <si>
+    <t>3 (60%)</t>
+  </si>
+  <si>
     <t>Министерство на вътрешните работи</t>
   </si>
   <si>
+    <t>59 (16.57%)</t>
+  </si>
+  <si>
+    <t>55 (15.45%)</t>
+  </si>
+  <si>
+    <t>10 (17.86%)</t>
+  </si>
+  <si>
+    <t>30 (18.18%)</t>
+  </si>
+  <si>
+    <t>29 (17.58%)</t>
+  </si>
+  <si>
+    <t>6 (18.75%)</t>
+  </si>
+  <si>
     <t>Министерство на електронното управление</t>
   </si>
   <si>
+    <t>12 (34.29%)</t>
+  </si>
+  <si>
+    <t>7 (35%)</t>
+  </si>
+  <si>
+    <t>2 (25%)</t>
+  </si>
+  <si>
     <t>Министерство на енергетиката</t>
   </si>
   <si>
+    <t>28 (35%)</t>
+  </si>
+  <si>
+    <t>2 (16.67%)</t>
+  </si>
+  <si>
+    <t>7 (33.33%)</t>
+  </si>
+  <si>
+    <t>4 (26.67%)</t>
+  </si>
+  <si>
     <t>Министерство на здравеопазването</t>
   </si>
   <si>
+    <t>369 (62.86%)</t>
+  </si>
+  <si>
+    <t>367 (62.52%)</t>
+  </si>
+  <si>
+    <t>47 (58.02%)</t>
+  </si>
+  <si>
+    <t>46 (56.79%)</t>
+  </si>
+  <si>
+    <t>215 (61.96%)</t>
+  </si>
+  <si>
+    <t>23 (71.88%)</t>
+  </si>
+  <si>
+    <t>24 (68.57%)</t>
+  </si>
+  <si>
     <t>Министерство на земеделието и храните</t>
   </si>
   <si>
+    <t>269 (36.06%)</t>
+  </si>
+  <si>
+    <t>262 (35.12%)</t>
+  </si>
+  <si>
+    <t>124 (50.41%)</t>
+  </si>
+  <si>
+    <t>121 (49.19%)</t>
+  </si>
+  <si>
+    <t>92 (24.08%)</t>
+  </si>
+  <si>
+    <t>91 (23.82%)</t>
+  </si>
+  <si>
+    <t>27 (71.05%)</t>
+  </si>
+  <si>
+    <t>5 (25%)</t>
+  </si>
+  <si>
     <t>Министерство на икономиката и индустрията</t>
   </si>
   <si>
+    <t>161 (56.1%)</t>
+  </si>
+  <si>
+    <t>54 (54%)</t>
+  </si>
+  <si>
+    <t>49 (60.49%)</t>
+  </si>
+  <si>
+    <t>37 (57.81%)</t>
+  </si>
+  <si>
+    <t>4 (44.44%)</t>
+  </si>
+  <si>
     <t>Министерство на иновациите и растежа</t>
   </si>
   <si>
+    <t>6 (30%)</t>
+  </si>
+  <si>
     <t>Министерство на културата</t>
   </si>
   <si>
+    <t>42 (25.15%)</t>
+  </si>
+  <si>
+    <t>10 (19.61%)</t>
+  </si>
+  <si>
+    <t>9 (21.43%)</t>
+  </si>
+  <si>
+    <t>6 (26.09%)</t>
+  </si>
+  <si>
     <t>Министерство на младежта и спорта</t>
   </si>
   <si>
+    <t>52 (53.06%)</t>
+  </si>
+  <si>
+    <t>50 (51.02%)</t>
+  </si>
+  <si>
+    <t>10 (32.26%)</t>
+  </si>
+  <si>
+    <t>23 (57.5%)</t>
+  </si>
+  <si>
+    <t>22 (55%)</t>
+  </si>
+  <si>
+    <t>7 (87.5%)</t>
+  </si>
+  <si>
+    <t>3 (75%)</t>
+  </si>
+  <si>
     <t>Министерство на образованието и науката</t>
   </si>
   <si>
+    <t>270 (21.7%)</t>
+  </si>
+  <si>
+    <t>70 (23.03%)</t>
+  </si>
+  <si>
+    <t>34 (7.42%)</t>
+  </si>
+  <si>
+    <t>18 (48.65%)</t>
+  </si>
+  <si>
+    <t>24 (43.64%)</t>
+  </si>
+  <si>
     <t>Министерство на околната среда и водите</t>
   </si>
   <si>
+    <t>284 (62.97%)</t>
+  </si>
+  <si>
+    <t>64 (54.24%)</t>
+  </si>
+  <si>
+    <t>103 (66.03%)</t>
+  </si>
+  <si>
+    <t>67 (79.76%)</t>
+  </si>
+  <si>
+    <t>11 (61.11%)</t>
+  </si>
+  <si>
     <t>Министерство на отбраната</t>
   </si>
   <si>
+    <t>98 (42.06%)</t>
+  </si>
+  <si>
+    <t>10 (33.33%)</t>
+  </si>
+  <si>
+    <t>34 (36.17%)</t>
+  </si>
+  <si>
+    <t>12 (80%)</t>
+  </si>
+  <si>
+    <t>19 (45.24%)</t>
+  </si>
+  <si>
     <t>Министерство на правосъдието</t>
   </si>
   <si>
+    <t>126 (38.65%)</t>
+  </si>
+  <si>
+    <t>124 (38.04%)</t>
+  </si>
+  <si>
+    <t>18 (39.13%)</t>
+  </si>
+  <si>
+    <t>19 (20.65%)</t>
+  </si>
+  <si>
+    <t>62 (46.27%)</t>
+  </si>
+  <si>
+    <t>61 (45.52%)</t>
+  </si>
+  <si>
+    <t>3 (33.33%)</t>
+  </si>
+  <si>
     <t>Министерство на регионалното развитие и благоустройството</t>
   </si>
   <si>
+    <t>100 (32.36%)</t>
+  </si>
+  <si>
+    <t>96 (31.07%)</t>
+  </si>
+  <si>
+    <t>20 (28.99%)</t>
+  </si>
+  <si>
+    <t>18 (26.09%)</t>
+  </si>
+  <si>
+    <t>25 (21.01%)</t>
+  </si>
+  <si>
+    <t>22 (57.89%)</t>
+  </si>
+  <si>
+    <t>4 (33.33%)</t>
+  </si>
+  <si>
     <t>Министерство на транспорта и съобщенията</t>
   </si>
   <si>
+    <t>323 (66.74%)</t>
+  </si>
+  <si>
+    <t>322 (66.53%)</t>
+  </si>
+  <si>
+    <t>32 (65.31%)</t>
+  </si>
+  <si>
+    <t>31 (63.27%)</t>
+  </si>
+  <si>
+    <t>175 (69.17%)</t>
+  </si>
+  <si>
+    <t>56 (70%)</t>
+  </si>
+  <si>
     <t>Министерство на труда и социалната политика</t>
   </si>
   <si>
+    <t>29 (16.96%)</t>
+  </si>
+  <si>
+    <t>22 (12.87%)</t>
+  </si>
+  <si>
+    <t>14 (22.58%)</t>
+  </si>
+  <si>
+    <t>11 (17.74%)</t>
+  </si>
+  <si>
+    <t>4 (17.39%)</t>
+  </si>
+  <si>
+    <t>2 (11.76%)</t>
+  </si>
+  <si>
+    <t>1 (5.88%)</t>
+  </si>
+  <si>
+    <t>1 (12.5%)</t>
+  </si>
+  <si>
     <t>Министерство на туризма</t>
   </si>
   <si>
+    <t>19 (50%)</t>
+  </si>
+  <si>
+    <t>3 (37.5%)</t>
+  </si>
+  <si>
+    <t>5 (71.43%)</t>
+  </si>
+  <si>
+    <t>9 (47.37%)</t>
+  </si>
+  <si>
     <t>Министерство на финансите</t>
   </si>
   <si>
+    <t>269 (44.61%)</t>
+  </si>
+  <si>
+    <t>257 (42.62%)</t>
+  </si>
+  <si>
+    <t>86 (49.43%)</t>
+  </si>
+  <si>
+    <t>83 (47.7%)</t>
+  </si>
+  <si>
+    <t>61 (40.13%)</t>
+  </si>
+  <si>
+    <t>60 (39.47%)</t>
+  </si>
+  <si>
+    <t>71 (40.8%)</t>
+  </si>
+  <si>
+    <t>70 (40.23%)</t>
+  </si>
+  <si>
+    <t>17 (43.59%)</t>
+  </si>
+  <si>
+    <t>16 (41.03%)</t>
+  </si>
+  <si>
     <t>Национален статистически институт</t>
   </si>
   <si>
     <t>Национален съвет по цени и реимбурсиране на лекарствените продукти</t>
   </si>
   <si>
+    <t>51 (62.2%)</t>
+  </si>
+  <si>
+    <t>49 (59.76%)</t>
+  </si>
+  <si>
+    <t>51 (62.96%)</t>
+  </si>
+  <si>
     <t>Национална служба за охрана</t>
   </si>
   <si>
     <t>Областна администрация - Търговище</t>
   </si>
   <si>
     <t>Акт на областен управител</t>
   </si>
   <si>
     <t>Ненормативен акт на областен управител</t>
   </si>
   <si>
     <t>Общинска администрация - Аврен</t>
   </si>
   <si>
     <t>Общинска администрация - Айтос</t>
   </si>
   <si>
     <t>Ненормативен акт на общински съвет</t>
   </si>
   <si>
     <t>Общинска администрация - Аксаково</t>
   </si>
   <si>
     <t>Общинска администрация - Батак</t>
   </si>
   <si>
     <t>Общинска администрация - Белене</t>
   </si>
   <si>
     <t>Общинска администрация - Белослав</t>
   </si>
   <si>
     <t>Общинска администрация - Бургас</t>
   </si>
   <si>
+    <t>16 (32%)</t>
+  </si>
+  <si>
+    <t>14 (28%)</t>
+  </si>
+  <si>
+    <t>9 (23.68%)</t>
+  </si>
+  <si>
+    <t>7 (18.42%)</t>
+  </si>
+  <si>
+    <t>7 (63.64%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Варна</t>
   </si>
   <si>
+    <t>1 (3.85%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Велинград</t>
   </si>
   <si>
+    <t>4 (15.38%)</t>
+  </si>
+  <si>
+    <t>4 (16.67%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Ветрино</t>
   </si>
   <si>
     <t>Общинска администрация - Вълчи дол</t>
   </si>
   <si>
+    <t>Общинска администрация - Горна Оряховица</t>
+  </si>
+  <si>
     <t>Общинска администрация - Две могили</t>
   </si>
   <si>
+    <t>2 (5.41%)</t>
+  </si>
+  <si>
+    <t>2 (9.09%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Девин</t>
   </si>
   <si>
+    <t>Общинска администрация - Долна баня</t>
+  </si>
+  <si>
     <t>Общинска администрация - Долни чифлик</t>
   </si>
   <si>
+    <t>1 (6.25%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Дългопол</t>
   </si>
   <si>
+    <t>2 (8%)</t>
+  </si>
+  <si>
+    <t>1 (4.55%)</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Етрополе</t>
+  </si>
+  <si>
     <t>Общинска администрация - Иваново</t>
   </si>
   <si>
     <t>Общинска администрация - Кайнарджа</t>
   </si>
   <si>
     <t>Общинска администрация - Камено</t>
   </si>
   <si>
     <t>Общинска администрация - Карнобат</t>
   </si>
   <si>
     <t>Общинска администрация - Кнежа</t>
   </si>
   <si>
+    <t>10 (83.33%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Козлодуй</t>
   </si>
   <si>
     <t>Общинска администрация - Кричим</t>
   </si>
   <si>
+    <t>1 (5.26%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Куклен</t>
   </si>
   <si>
     <t>Общинска администрация - Ловеч</t>
   </si>
   <si>
     <t>Общинска администрация - Лом</t>
   </si>
   <si>
     <t>Общинска администрация - Мадан</t>
   </si>
   <si>
     <t>Общинска администрация - Несебър</t>
   </si>
   <si>
+    <t>15 (36.59%)</t>
+  </si>
+  <si>
+    <t>10 (24.39%)</t>
+  </si>
+  <si>
+    <t>9 (31.03%)</t>
+  </si>
+  <si>
+    <t>6 (20.69%)</t>
+  </si>
+  <si>
+    <t>4 (80%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Николаево</t>
   </si>
   <si>
+    <t>4 (14.29%)</t>
+  </si>
+  <si>
+    <t>2 (7.14%)</t>
+  </si>
+  <si>
+    <t>2 (9.52%)</t>
+  </si>
+  <si>
+    <t>1 (4.76%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Никопол</t>
   </si>
   <si>
+    <t>3 (25%)</t>
+  </si>
+  <si>
+    <t>3 (30%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Нова Загора</t>
   </si>
   <si>
     <t>Общинска администрация - Ново село</t>
   </si>
   <si>
     <t>Общинска администрация - Омуртаг</t>
   </si>
   <si>
     <t>Общинска администрация - Перущица</t>
   </si>
   <si>
     <t>Общинска администрация - Приморско</t>
   </si>
   <si>
+    <t>4 (25%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Провадия</t>
   </si>
   <si>
+    <t>5 (26.32%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Раднево</t>
   </si>
   <si>
+    <t>4 (21.05%)</t>
+  </si>
+  <si>
+    <t>3 (23.08%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Разлог</t>
   </si>
   <si>
     <t>Общинска администрация - Ракитово</t>
   </si>
   <si>
     <t>Общинска администрация - Симитли</t>
   </si>
   <si>
     <t>Общинска администрация - Смолян</t>
   </si>
   <si>
     <t>Общинска администрация - Сопот</t>
   </si>
   <si>
+    <t>Общинска администрация - Столична община</t>
+  </si>
+  <si>
     <t>Общинска администрация - Суворово</t>
   </si>
   <si>
     <t>Общинска администрация - Сунгурларе</t>
   </si>
   <si>
+    <t>4 (28.57%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Съединение</t>
   </si>
   <si>
+    <t>7 (25.93%)</t>
+  </si>
+  <si>
+    <t>3 (15.79%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Тервел</t>
   </si>
   <si>
     <t>Общинска администрация - Търговище</t>
   </si>
   <si>
+    <t>1 (2.5%)</t>
+  </si>
+  <si>
+    <t>1 (3.33%)</t>
+  </si>
+  <si>
     <t>Общинска администрация - Шабла</t>
   </si>
   <si>
     <t>Общинска администрация - Ямбол</t>
   </si>
   <si>
+    <t>5 (12.2%)</t>
+  </si>
+  <si>
+    <t>5 (13.89%)</t>
+  </si>
+  <si>
     <t>Патентно ведомство</t>
+  </si>
+  <si>
+    <t>12 (92.31%)</t>
+  </si>
+  <si>
+    <t>2 (100%)</t>
+  </si>
+  <si>
+    <t>2 (66.67%)</t>
+  </si>
+  <si>
+    <t>6 (100%)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="1">
+  <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -692,4291 +1285,6732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F388"/>
+  <dimension ref="A1:F399"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="A396" sqref="A396"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6">
-      <c r="A3" t="s">
+      <c r="A3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B3">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="E3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" t="s">
         <v>8</v>
       </c>
+      <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3">
+        <v>6</v>
+      </c>
       <c r="F3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" t="s">
+      <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5">
+        <v>0</v>
+      </c>
+      <c r="F5">
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B6">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="C6">
+        <v>0</v>
+      </c>
+      <c r="D6">
+        <v>0</v>
+      </c>
+      <c r="E6">
+        <v>0</v>
+      </c>
+      <c r="F6">
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7">
+        <v>1</v>
+      </c>
+      <c r="C7">
+        <v>0</v>
+      </c>
+      <c r="D7">
+        <v>0</v>
+      </c>
+      <c r="E7">
+        <v>4</v>
+      </c>
+      <c r="F7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8">
         <v>3</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>1</v>
+      <c r="F8">
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" t="s">
-[...15 lines deleted...]
-        <v>0</v>
+      <c r="A9" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="B10">
+        <v>16</v>
+      </c>
+      <c r="C10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10">
+        <v>0</v>
+      </c>
+      <c r="F10">
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B11">
-        <v>1</v>
+        <v>12</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11">
+        <v>0</v>
+      </c>
+      <c r="F11">
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B12">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="C12">
+        <v>0</v>
+      </c>
+      <c r="D12">
+        <v>0</v>
+      </c>
+      <c r="E12">
+        <v>2</v>
+      </c>
+      <c r="F12">
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B13">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="C13">
+        <v>0</v>
+      </c>
+      <c r="D13">
+        <v>0</v>
+      </c>
+      <c r="E13">
+        <v>0</v>
+      </c>
+      <c r="F13">
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" t="s">
-        <v>13</v>
+      <c r="A14" s="1" t="s">
+        <v>19</v>
       </c>
       <c r="B14">
-        <v>12</v>
+        <v>10</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14">
+        <v>2</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="A15" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B16">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="C16">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D16">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E16">
+        <v>1</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B17">
+        <v>2</v>
+      </c>
+      <c r="C17">
+        <v>0</v>
+      </c>
+      <c r="D17">
+        <v>0</v>
+      </c>
+      <c r="E17">
+        <v>0</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B18">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="C18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18">
+        <v>1</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
-      <c r="A19" t="s">
+      <c r="A19" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19">
         <v>13</v>
       </c>
-      <c r="B19">
+      <c r="C19" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19">
+        <v>1</v>
+      </c>
+      <c r="F19">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:6">
-      <c r="A20" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="A20" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B21">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C21">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D21">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E21">
+        <v>0</v>
       </c>
       <c r="F21">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B22">
+        <v>1</v>
+      </c>
+      <c r="C22">
+        <v>0</v>
+      </c>
+      <c r="D22">
+        <v>0</v>
+      </c>
+      <c r="E22">
+        <v>1</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="C23" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23">
+        <v>0</v>
+      </c>
+      <c r="F23">
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B24">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="C24">
+        <v>0</v>
+      </c>
+      <c r="D24">
+        <v>0</v>
+      </c>
+      <c r="E24">
+        <v>0</v>
+      </c>
+      <c r="F24">
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:6">
-      <c r="A25" t="s">
-        <v>15</v>
+      <c r="A25" s="1" t="s">
+        <v>28</v>
       </c>
       <c r="B25">
-        <v>5</v>
+        <v>37</v>
+      </c>
+      <c r="C25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25">
+        <v>4</v>
+      </c>
+      <c r="F25">
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:6">
-      <c r="A26" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="A26" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="B27">
-        <v>35</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>7</v>
+      </c>
+      <c r="C27" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" t="s">
+        <v>30</v>
+      </c>
+      <c r="E27">
+        <v>1</v>
       </c>
       <c r="F27">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B28">
+        <v>7</v>
+      </c>
+      <c r="C28" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" t="s">
+        <v>8</v>
+      </c>
+      <c r="E28">
+        <v>3</v>
+      </c>
+      <c r="F28">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B29">
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="C29" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29">
+        <v>0</v>
+      </c>
+      <c r="F29">
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
-      <c r="A30" t="s">
-        <v>13</v>
+      <c r="A30" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="B30">
-        <v>8</v>
+        <v>17</v>
+      </c>
+      <c r="C30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30">
+        <v>2</v>
+      </c>
+      <c r="F30">
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
-      <c r="A31" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="A31" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="B32">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="C32" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" t="s">
+        <v>34</v>
+      </c>
+      <c r="E32">
+        <v>2</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B33">
+        <v>1</v>
+      </c>
+      <c r="C33">
+        <v>0</v>
+      </c>
+      <c r="D33">
+        <v>0</v>
+      </c>
+      <c r="E33">
+        <v>0</v>
+      </c>
+      <c r="F33">
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B34">
         <v>3</v>
       </c>
+      <c r="C34">
+        <v>0</v>
+      </c>
+      <c r="D34">
+        <v>0</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:6">
-      <c r="A35" t="s">
-        <v>13</v>
+      <c r="A35" s="1" t="s">
+        <v>35</v>
       </c>
       <c r="B35">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="C35" t="s">
+        <v>26</v>
+      </c>
+      <c r="D35" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35">
+        <v>0</v>
+      </c>
+      <c r="F35">
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
-      <c r="A36" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="A36" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="B37">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D37">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E37">
+        <v>0</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B38">
+        <v>1</v>
+      </c>
+      <c r="C38">
+        <v>0</v>
+      </c>
+      <c r="D38">
+        <v>0</v>
+      </c>
+      <c r="E38">
+        <v>0</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
+      <c r="C39">
+        <v>0</v>
+      </c>
+      <c r="D39">
+        <v>0</v>
+      </c>
+      <c r="E39">
+        <v>0</v>
+      </c>
+      <c r="F39">
+        <v>0</v>
+      </c>
     </row>
     <row r="40" spans="1:6">
-      <c r="A40" t="s">
-        <v>15</v>
+      <c r="A40" s="1" t="s">
+        <v>36</v>
       </c>
       <c r="B40">
-        <v>1</v>
+        <v>50</v>
+      </c>
+      <c r="C40" t="s">
+        <v>37</v>
+      </c>
+      <c r="D40" t="s">
+        <v>37</v>
+      </c>
+      <c r="E40">
+        <v>2</v>
+      </c>
+      <c r="F40">
+        <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:6">
-      <c r="A41" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A41" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="B42">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" t="s">
+        <v>38</v>
+      </c>
+      <c r="E42">
+        <v>2</v>
       </c>
       <c r="F42">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B43">
+        <v>14</v>
+      </c>
+      <c r="C43" t="s">
+        <v>39</v>
+      </c>
+      <c r="D43" t="s">
+        <v>39</v>
+      </c>
+      <c r="E43">
+        <v>0</v>
+      </c>
+      <c r="F43">
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B44">
         <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>40</v>
+      </c>
+      <c r="D44" t="s">
+        <v>40</v>
+      </c>
+      <c r="E44">
+        <v>0</v>
+      </c>
+      <c r="F44">
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B45">
         <v>4</v>
       </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45">
+        <v>0</v>
+      </c>
+      <c r="F45">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:6">
-      <c r="A46" t="s">
-        <v>15</v>
+      <c r="A46" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="B46">
-        <v>10</v>
+        <v>8</v>
+      </c>
+      <c r="C46">
+        <v>0</v>
+      </c>
+      <c r="D46">
+        <v>0</v>
+      </c>
+      <c r="E46">
+        <v>0</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:6">
-      <c r="A47" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="A47" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="B48">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C48">
         <v>0</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
-      <c r="E48" t="s">
-        <v>22</v>
+      <c r="E48">
+        <v>0</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>9</v>
+        <v>18</v>
+      </c>
+      <c r="B49">
+        <v>1</v>
+      </c>
+      <c r="C49">
+        <v>0</v>
+      </c>
+      <c r="D49">
+        <v>0</v>
+      </c>
+      <c r="E49">
+        <v>0</v>
+      </c>
+      <c r="F49">
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:6">
-      <c r="A50" t="s">
-        <v>11</v>
+      <c r="A50" s="1" t="s">
+        <v>42</v>
       </c>
       <c r="B50">
-        <v>6</v>
+        <v>2</v>
+      </c>
+      <c r="C50">
+        <v>0</v>
+      </c>
+      <c r="D50">
+        <v>0</v>
+      </c>
+      <c r="E50">
+        <v>0</v>
+      </c>
+      <c r="F50">
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:6">
-      <c r="A51" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A51" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
-      <c r="E52" t="s">
-        <v>22</v>
+      <c r="E52">
+        <v>0</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>9</v>
+        <v>27</v>
+      </c>
+      <c r="B53">
+        <v>1</v>
+      </c>
+      <c r="C53">
+        <v>0</v>
+      </c>
+      <c r="D53">
+        <v>0</v>
+      </c>
+      <c r="E53">
+        <v>0</v>
+      </c>
+      <c r="F53">
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:6">
-      <c r="A54" t="s">
-        <v>18</v>
+      <c r="A54" s="1" t="s">
+        <v>43</v>
       </c>
       <c r="B54">
-        <v>1</v>
+        <v>113</v>
+      </c>
+      <c r="C54" t="s">
+        <v>44</v>
+      </c>
+      <c r="D54" t="s">
+        <v>45</v>
+      </c>
+      <c r="E54">
+        <v>3</v>
+      </c>
+      <c r="F54">
+        <v>8</v>
       </c>
     </row>
     <row r="55" spans="1:6">
-      <c r="A55" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A55" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="B56">
-        <v>108</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>7</v>
+      </c>
+      <c r="C56" t="s">
+        <v>46</v>
+      </c>
+      <c r="D56" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56">
+        <v>0</v>
       </c>
       <c r="F56">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B57">
+        <v>38</v>
+      </c>
+      <c r="C57" t="s">
+        <v>48</v>
+      </c>
+      <c r="D57" t="s">
+        <v>49</v>
+      </c>
+      <c r="E57">
+        <v>2</v>
+      </c>
+      <c r="F57">
+        <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B58">
-        <v>7</v>
+        <v>1</v>
+      </c>
+      <c r="C58" t="s">
+        <v>50</v>
+      </c>
+      <c r="D58">
+        <v>0</v>
+      </c>
+      <c r="E58">
+        <v>1</v>
+      </c>
+      <c r="F58">
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="C59" t="s">
+        <v>50</v>
+      </c>
+      <c r="D59" t="s">
+        <v>50</v>
+      </c>
+      <c r="E59">
+        <v>0</v>
+      </c>
+      <c r="F59">
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B60">
-        <v>40</v>
+        <v>4</v>
+      </c>
+      <c r="C60" t="s">
+        <v>51</v>
+      </c>
+      <c r="D60" t="s">
+        <v>51</v>
+      </c>
+      <c r="E60">
+        <v>0</v>
+      </c>
+      <c r="F60">
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:6">
-      <c r="A61" t="s">
-        <v>15</v>
+      <c r="A61" s="1" t="s">
+        <v>52</v>
       </c>
       <c r="B61">
-        <v>1</v>
+        <v>7</v>
+      </c>
+      <c r="C61" t="s">
+        <v>47</v>
+      </c>
+      <c r="D61" t="s">
+        <v>47</v>
+      </c>
+      <c r="E61">
+        <v>0</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:6">
-      <c r="A62" t="s">
-[...15 lines deleted...]
-        <v>0</v>
+      <c r="A62" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>9</v>
+        <v>18</v>
+      </c>
+      <c r="B63">
+        <v>3</v>
+      </c>
+      <c r="C63" t="s">
+        <v>53</v>
+      </c>
+      <c r="D63" t="s">
+        <v>53</v>
+      </c>
+      <c r="E63">
+        <v>0</v>
+      </c>
+      <c r="F63">
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:6">
-      <c r="A64" t="s">
-        <v>15</v>
+      <c r="A64" s="1" t="s">
+        <v>54</v>
       </c>
       <c r="B64">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="C64" t="s">
+        <v>47</v>
+      </c>
+      <c r="D64" t="s">
+        <v>47</v>
+      </c>
+      <c r="E64">
+        <v>0</v>
+      </c>
+      <c r="F64">
+        <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:6">
-      <c r="A65" t="s">
-[...15 lines deleted...]
-        <v>2</v>
+      <c r="A65" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="B66">
+        <v>1</v>
+      </c>
+      <c r="C66">
+        <v>0</v>
+      </c>
+      <c r="D66">
+        <v>0</v>
+      </c>
+      <c r="E66">
+        <v>0</v>
+      </c>
+      <c r="F66">
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67">
         <v>1</v>
       </c>
+      <c r="C67" t="s">
+        <v>50</v>
+      </c>
+      <c r="D67" t="s">
+        <v>50</v>
+      </c>
+      <c r="E67">
+        <v>0</v>
+      </c>
+      <c r="F67">
+        <v>0</v>
+      </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>27</v>
+      </c>
+      <c r="B68">
+        <v>1</v>
+      </c>
+      <c r="C68">
+        <v>0</v>
+      </c>
+      <c r="D68">
+        <v>0</v>
+      </c>
+      <c r="E68">
+        <v>0</v>
+      </c>
+      <c r="F68">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B69">
+        <v>2</v>
+      </c>
+      <c r="C69" t="s">
+        <v>21</v>
+      </c>
+      <c r="D69" t="s">
+        <v>21</v>
+      </c>
+      <c r="E69">
+        <v>0</v>
+      </c>
+      <c r="F69">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B70">
         <v>15</v>
       </c>
-      <c r="B68">
-[...25 lines deleted...]
-        <v>22</v>
+      <c r="C70" t="s">
+        <v>57</v>
+      </c>
+      <c r="D70" t="s">
+        <v>58</v>
+      </c>
+      <c r="E70">
+        <v>2</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:6">
-      <c r="A71" t="s">
-[...15 lines deleted...]
-        <v>0</v>
+      <c r="A71" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="B72">
+        <v>15</v>
+      </c>
+      <c r="C72" t="s">
+        <v>57</v>
+      </c>
+      <c r="D72" t="s">
+        <v>58</v>
+      </c>
+      <c r="E72">
+        <v>2</v>
+      </c>
+      <c r="F72">
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:6">
-      <c r="A73" t="s">
-        <v>12</v>
+      <c r="A73" s="1" t="s">
+        <v>59</v>
       </c>
       <c r="B73">
-        <v>17</v>
+        <v>88</v>
+      </c>
+      <c r="C73" t="s">
+        <v>60</v>
+      </c>
+      <c r="D73" t="s">
+        <v>60</v>
+      </c>
+      <c r="E73">
+        <v>2</v>
+      </c>
+      <c r="F73">
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:6">
-      <c r="A74" t="s">
-[...15 lines deleted...]
-        <v>16</v>
+      <c r="A74" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="B75">
+        <v>7</v>
+      </c>
+      <c r="C75" t="s">
+        <v>61</v>
+      </c>
+      <c r="D75" t="s">
+        <v>61</v>
+      </c>
+      <c r="E75">
+        <v>0</v>
+      </c>
+      <c r="F75">
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B76">
         <v>6</v>
       </c>
+      <c r="C76" t="s">
+        <v>62</v>
+      </c>
+      <c r="D76" t="s">
+        <v>62</v>
+      </c>
+      <c r="E76">
+        <v>0</v>
+      </c>
+      <c r="F76">
+        <v>0</v>
+      </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B77">
-        <v>9</v>
+        <v>4</v>
+      </c>
+      <c r="C77">
+        <v>0</v>
+      </c>
+      <c r="D77">
+        <v>0</v>
+      </c>
+      <c r="E77">
+        <v>2</v>
+      </c>
+      <c r="F77">
+        <v>4</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B78">
         <v>2</v>
       </c>
+      <c r="C78">
+        <v>0</v>
+      </c>
+      <c r="D78">
+        <v>0</v>
+      </c>
+      <c r="E78">
+        <v>0</v>
+      </c>
+      <c r="F78">
+        <v>0</v>
+      </c>
     </row>
     <row r="79" spans="1:6">
-      <c r="A79" t="s">
-        <v>12</v>
+      <c r="A79" s="1" t="s">
+        <v>63</v>
       </c>
       <c r="B79">
-        <v>7</v>
+        <v>1</v>
+      </c>
+      <c r="C79">
+        <v>0</v>
+      </c>
+      <c r="D79">
+        <v>0</v>
+      </c>
+      <c r="E79">
+        <v>0</v>
+      </c>
+      <c r="F79">
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:6">
-      <c r="A80" t="s">
-[...15 lines deleted...]
-        <v>0</v>
+      <c r="A80" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>9</v>
+        <v>18</v>
+      </c>
+      <c r="B81">
+        <v>1</v>
+      </c>
+      <c r="C81">
+        <v>0</v>
+      </c>
+      <c r="D81">
+        <v>0</v>
+      </c>
+      <c r="E81">
+        <v>0</v>
+      </c>
+      <c r="F81">
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:6">
-      <c r="A82" t="s">
-        <v>15</v>
+      <c r="A82" s="1" t="s">
+        <v>64</v>
       </c>
       <c r="B82">
-        <v>1</v>
+        <v>1153</v>
+      </c>
+      <c r="C82" t="s">
+        <v>65</v>
+      </c>
+      <c r="D82" t="s">
+        <v>66</v>
+      </c>
+      <c r="E82">
+        <v>16</v>
+      </c>
+      <c r="F82">
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:6">
-      <c r="A83" t="s">
-[...15 lines deleted...]
-        <v>19</v>
+      <c r="A83" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="B84">
+        <v>99</v>
+      </c>
+      <c r="C84" t="s">
+        <v>67</v>
+      </c>
+      <c r="D84" t="s">
+        <v>68</v>
+      </c>
+      <c r="E84">
+        <v>5</v>
+      </c>
+      <c r="F84">
+        <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="B85">
-        <v>1</v>
+        <v>602</v>
+      </c>
+      <c r="C85" t="s">
+        <v>69</v>
+      </c>
+      <c r="D85" t="s">
+        <v>70</v>
+      </c>
+      <c r="E85">
+        <v>4</v>
+      </c>
+      <c r="F85">
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="B86">
         <v>1</v>
+      </c>
+      <c r="C86">
+        <v>0</v>
+      </c>
+      <c r="D86">
+        <v>0</v>
+      </c>
+      <c r="E86">
+        <v>0</v>
+      </c>
+      <c r="F86">
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87">
-        <v>105</v>
+        <v>71</v>
+      </c>
+      <c r="C87" t="s">
+        <v>72</v>
+      </c>
+      <c r="D87" t="s">
+        <v>72</v>
+      </c>
+      <c r="E87">
+        <v>6</v>
+      </c>
+      <c r="F87">
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B88">
-        <v>652</v>
+        <v>104</v>
+      </c>
+      <c r="C88" t="s">
+        <v>73</v>
+      </c>
+      <c r="D88" t="s">
+        <v>73</v>
+      </c>
+      <c r="E88">
+        <v>0</v>
+      </c>
+      <c r="F88">
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:6">
-      <c r="A89" t="s">
-        <v>11</v>
+      <c r="A89" s="1" t="s">
+        <v>74</v>
       </c>
       <c r="B89">
-        <v>102</v>
+        <v>63</v>
+      </c>
+      <c r="C89" t="s">
+        <v>75</v>
+      </c>
+      <c r="D89" t="s">
+        <v>75</v>
+      </c>
+      <c r="E89">
+        <v>3</v>
+      </c>
+      <c r="F89">
+        <v>2</v>
       </c>
     </row>
     <row r="90" spans="1:6">
-      <c r="A90" t="s">
-[...3 lines deleted...]
-        <v>80</v>
+      <c r="A90" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="B91">
-        <v>62</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="C91" t="s">
+        <v>76</v>
+      </c>
+      <c r="D91" t="s">
+        <v>76</v>
+      </c>
+      <c r="E91">
+        <v>0</v>
       </c>
       <c r="F91">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B92">
+        <v>11</v>
+      </c>
+      <c r="C92">
+        <v>0</v>
+      </c>
+      <c r="D92">
+        <v>0</v>
+      </c>
+      <c r="E92">
+        <v>0</v>
+      </c>
+      <c r="F92">
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B93">
-        <v>10</v>
+        <v>5</v>
+      </c>
+      <c r="C93" t="s">
+        <v>77</v>
+      </c>
+      <c r="D93" t="s">
+        <v>77</v>
+      </c>
+      <c r="E93">
+        <v>3</v>
+      </c>
+      <c r="F93">
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:6">
-      <c r="A94" t="s">
-        <v>13</v>
+      <c r="A94" s="1" t="s">
+        <v>78</v>
       </c>
       <c r="B94">
-        <v>15</v>
+        <v>356</v>
+      </c>
+      <c r="C94" t="s">
+        <v>79</v>
+      </c>
+      <c r="D94" t="s">
+        <v>80</v>
+      </c>
+      <c r="E94">
+        <v>20</v>
+      </c>
+      <c r="F94">
+        <v>37</v>
       </c>
     </row>
     <row r="95" spans="1:6">
-      <c r="A95" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="A95" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="B96">
-        <v>335</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>56</v>
+      </c>
+      <c r="C96" t="s">
+        <v>81</v>
+      </c>
+      <c r="D96" t="s">
+        <v>81</v>
+      </c>
+      <c r="E96">
+        <v>5</v>
       </c>
       <c r="F96">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B97">
+        <v>165</v>
+      </c>
+      <c r="C97" t="s">
+        <v>82</v>
+      </c>
+      <c r="D97" t="s">
+        <v>83</v>
+      </c>
+      <c r="E97">
+        <v>13</v>
+      </c>
+      <c r="F97">
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B98">
-        <v>57</v>
+        <v>32</v>
+      </c>
+      <c r="C98" t="s">
+        <v>84</v>
+      </c>
+      <c r="D98" t="s">
+        <v>84</v>
+      </c>
+      <c r="E98">
+        <v>2</v>
+      </c>
+      <c r="F98">
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
+        <v>27</v>
+      </c>
+      <c r="B99">
         <v>13</v>
       </c>
-      <c r="B99">
-        <v>170</v>
+      <c r="C99" t="s">
+        <v>23</v>
+      </c>
+      <c r="D99" t="s">
+        <v>24</v>
+      </c>
+      <c r="E99">
+        <v>0</v>
+      </c>
+      <c r="F99">
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:6">
-      <c r="A100" t="s">
-        <v>18</v>
+      <c r="A100" s="1" t="s">
+        <v>85</v>
       </c>
       <c r="B100">
-        <v>13</v>
+        <v>35</v>
+      </c>
+      <c r="C100" t="s">
+        <v>86</v>
+      </c>
+      <c r="D100" t="s">
+        <v>86</v>
+      </c>
+      <c r="E100">
+        <v>4</v>
+      </c>
+      <c r="F100">
+        <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:6">
-      <c r="A101" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="A101" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="B102">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>20</v>
+      </c>
+      <c r="C102" t="s">
+        <v>87</v>
+      </c>
+      <c r="D102" t="s">
+        <v>87</v>
+      </c>
+      <c r="E102">
+        <v>1</v>
       </c>
       <c r="F102">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B103">
+        <v>1</v>
+      </c>
+      <c r="C103">
+        <v>0</v>
+      </c>
+      <c r="D103">
+        <v>0</v>
+      </c>
+      <c r="E103">
+        <v>0</v>
+      </c>
+      <c r="F103">
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B104">
-        <v>24</v>
+        <v>8</v>
+      </c>
+      <c r="C104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D104" t="s">
+        <v>88</v>
+      </c>
+      <c r="E104">
+        <v>3</v>
+      </c>
+      <c r="F104">
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:6">
-      <c r="A105" t="s">
-        <v>13</v>
+      <c r="A105" s="1" t="s">
+        <v>89</v>
       </c>
       <c r="B105">
-        <v>1</v>
+        <v>80</v>
+      </c>
+      <c r="C105" t="s">
+        <v>90</v>
+      </c>
+      <c r="D105" t="s">
+        <v>90</v>
+      </c>
+      <c r="E105">
+        <v>6</v>
+      </c>
+      <c r="F105">
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:6">
-      <c r="A106" t="s">
-[...2 lines deleted...]
-      <c r="B106">
+      <c r="A106" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="B107">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="C107" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" t="s">
+        <v>91</v>
+      </c>
+      <c r="E107">
+        <v>6</v>
       </c>
       <c r="F107">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B108">
+        <v>21</v>
+      </c>
+      <c r="C108" t="s">
+        <v>92</v>
+      </c>
+      <c r="D108" t="s">
+        <v>92</v>
+      </c>
+      <c r="E108">
+        <v>0</v>
+      </c>
+      <c r="F108">
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B109">
-        <v>21</v>
+        <v>15</v>
+      </c>
+      <c r="C109" t="s">
+        <v>93</v>
+      </c>
+      <c r="D109" t="s">
+        <v>93</v>
+      </c>
+      <c r="E109">
+        <v>0</v>
+      </c>
+      <c r="F109">
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="B110">
-        <v>16</v>
+        <v>1</v>
+      </c>
+      <c r="C110">
+        <v>0</v>
+      </c>
+      <c r="D110">
+        <v>0</v>
+      </c>
+      <c r="E110">
+        <v>0</v>
+      </c>
+      <c r="F110">
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:6">
-      <c r="A111" t="s">
-        <v>18</v>
+      <c r="A111" s="1" t="s">
+        <v>94</v>
       </c>
       <c r="B111">
-        <v>1</v>
+        <v>587</v>
+      </c>
+      <c r="C111" t="s">
+        <v>95</v>
+      </c>
+      <c r="D111" t="s">
+        <v>96</v>
+      </c>
+      <c r="E111">
+        <v>17</v>
+      </c>
+      <c r="F111">
+        <v>59</v>
       </c>
     </row>
     <row r="112" spans="1:6">
-      <c r="A112" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="A112" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="B113">
-        <v>557</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>81</v>
+      </c>
+      <c r="C113" t="s">
+        <v>97</v>
+      </c>
+      <c r="D113" t="s">
+        <v>98</v>
+      </c>
+      <c r="E113">
+        <v>6</v>
       </c>
       <c r="F113">
-        <v>53</v>
+        <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B114">
+        <v>347</v>
+      </c>
+      <c r="C114" t="s">
+        <v>99</v>
+      </c>
+      <c r="D114" t="s">
+        <v>99</v>
+      </c>
+      <c r="E114">
+        <v>11</v>
+      </c>
+      <c r="F114">
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115">
-        <v>35</v>
+        <v>32</v>
+      </c>
+      <c r="C115" t="s">
+        <v>100</v>
+      </c>
+      <c r="D115" t="s">
+        <v>100</v>
+      </c>
+      <c r="E115">
+        <v>0</v>
+      </c>
+      <c r="F115">
+        <v>2</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B116">
-        <v>87</v>
+        <v>35</v>
+      </c>
+      <c r="C116" t="s">
+        <v>101</v>
+      </c>
+      <c r="D116" t="s">
+        <v>101</v>
+      </c>
+      <c r="E116">
+        <v>0</v>
+      </c>
+      <c r="F116">
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:6">
-      <c r="A117" t="s">
-        <v>15</v>
+      <c r="A117" s="1" t="s">
+        <v>102</v>
       </c>
       <c r="B117">
-        <v>34</v>
+        <v>746</v>
+      </c>
+      <c r="C117" t="s">
+        <v>103</v>
+      </c>
+      <c r="D117" t="s">
+        <v>104</v>
+      </c>
+      <c r="E117">
+        <v>18</v>
+      </c>
+      <c r="F117">
+        <v>40</v>
       </c>
     </row>
     <row r="118" spans="1:6">
-      <c r="A118" t="s">
-[...3 lines deleted...]
-        <v>358</v>
+      <c r="A118" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="B119">
-        <v>720</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>246</v>
+      </c>
+      <c r="C119" t="s">
+        <v>105</v>
+      </c>
+      <c r="D119" t="s">
+        <v>106</v>
+      </c>
+      <c r="E119">
+        <v>3</v>
       </c>
       <c r="F119">
-        <v>34</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B120">
+        <v>382</v>
+      </c>
+      <c r="C120" t="s">
+        <v>107</v>
+      </c>
+      <c r="D120" t="s">
+        <v>108</v>
+      </c>
+      <c r="E120">
+        <v>10</v>
+      </c>
+      <c r="F120">
+        <v>8</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B121">
-        <v>391</v>
+        <v>38</v>
+      </c>
+      <c r="C121" t="s">
+        <v>109</v>
+      </c>
+      <c r="D121" t="s">
+        <v>109</v>
+      </c>
+      <c r="E121">
+        <v>4</v>
+      </c>
+      <c r="F121">
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B122">
-        <v>22</v>
+        <v>20</v>
+      </c>
+      <c r="C122" t="s">
+        <v>110</v>
+      </c>
+      <c r="D122" t="s">
+        <v>110</v>
+      </c>
+      <c r="E122">
+        <v>1</v>
+      </c>
+      <c r="F122">
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:6">
-      <c r="A123" t="s">
-        <v>11</v>
+      <c r="A123" s="1" t="s">
+        <v>111</v>
       </c>
       <c r="B123">
-        <v>263</v>
+        <v>287</v>
+      </c>
+      <c r="C123" t="s">
+        <v>112</v>
+      </c>
+      <c r="D123" t="s">
+        <v>112</v>
+      </c>
+      <c r="E123">
+        <v>2</v>
+      </c>
+      <c r="F123">
+        <v>2</v>
       </c>
     </row>
     <row r="124" spans="1:6">
-      <c r="A124" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="A124" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="B125">
-        <v>285</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>100</v>
+      </c>
+      <c r="C125" t="s">
+        <v>113</v>
+      </c>
+      <c r="D125" t="s">
+        <v>113</v>
+      </c>
+      <c r="E125">
+        <v>1</v>
       </c>
       <c r="F125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B126">
+        <v>81</v>
+      </c>
+      <c r="C126" t="s">
+        <v>114</v>
+      </c>
+      <c r="D126" t="s">
+        <v>114</v>
+      </c>
+      <c r="E126">
+        <v>0</v>
+      </c>
+      <c r="F126">
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127">
-        <v>9</v>
+        <v>64</v>
+      </c>
+      <c r="C127" t="s">
+        <v>115</v>
+      </c>
+      <c r="D127" t="s">
+        <v>115</v>
+      </c>
+      <c r="E127">
+        <v>1</v>
+      </c>
+      <c r="F127">
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="B128">
-        <v>64</v>
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>116</v>
+      </c>
+      <c r="D128" t="s">
+        <v>116</v>
+      </c>
+      <c r="E128">
+        <v>0</v>
+      </c>
+      <c r="F128">
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:6">
-      <c r="A129" t="s">
-        <v>13</v>
+      <c r="A129" s="1" t="s">
+        <v>117</v>
       </c>
       <c r="B129">
-        <v>86</v>
+        <v>20</v>
+      </c>
+      <c r="C129" t="s">
+        <v>118</v>
+      </c>
+      <c r="D129" t="s">
+        <v>118</v>
+      </c>
+      <c r="E129">
+        <v>0</v>
+      </c>
+      <c r="F129">
+        <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:6">
-      <c r="A130" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="A130" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="B131">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C131">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D131">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E131">
+        <v>0</v>
       </c>
       <c r="F131">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B132">
+        <v>2</v>
+      </c>
+      <c r="C132" t="s">
+        <v>21</v>
+      </c>
+      <c r="D132" t="s">
+        <v>21</v>
+      </c>
+      <c r="E132">
+        <v>0</v>
+      </c>
+      <c r="F132">
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B133">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="C133" t="s">
+        <v>77</v>
+      </c>
+      <c r="D133" t="s">
+        <v>77</v>
+      </c>
+      <c r="E133">
+        <v>0</v>
+      </c>
+      <c r="F133">
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B134">
-        <v>9</v>
+        <v>2</v>
+      </c>
+      <c r="C134" t="s">
+        <v>21</v>
+      </c>
+      <c r="D134" t="s">
+        <v>21</v>
+      </c>
+      <c r="E134">
+        <v>0</v>
+      </c>
+      <c r="F134">
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:6">
-      <c r="A135" t="s">
-        <v>18</v>
+      <c r="A135" s="1" t="s">
+        <v>119</v>
       </c>
       <c r="B135">
-        <v>2</v>
+        <v>167</v>
+      </c>
+      <c r="C135" t="s">
+        <v>120</v>
+      </c>
+      <c r="D135" t="s">
+        <v>120</v>
+      </c>
+      <c r="E135">
+        <v>2</v>
+      </c>
+      <c r="F135">
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:6">
-      <c r="A136" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="A136" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="B137">
-        <v>160</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>51</v>
+      </c>
+      <c r="C137" t="s">
+        <v>121</v>
+      </c>
+      <c r="D137" t="s">
+        <v>121</v>
+      </c>
+      <c r="E137">
+        <v>0</v>
       </c>
       <c r="F137">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B138">
+        <v>42</v>
+      </c>
+      <c r="C138" t="s">
+        <v>122</v>
+      </c>
+      <c r="D138" t="s">
+        <v>122</v>
+      </c>
+      <c r="E138">
+        <v>2</v>
+      </c>
+      <c r="F138">
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B139">
-        <v>24</v>
+        <v>23</v>
+      </c>
+      <c r="C139" t="s">
+        <v>123</v>
+      </c>
+      <c r="D139" t="s">
+        <v>123</v>
+      </c>
+      <c r="E139">
+        <v>0</v>
+      </c>
+      <c r="F139">
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B140">
-        <v>51</v>
+        <v>7</v>
+      </c>
+      <c r="C140" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" t="s">
+        <v>8</v>
+      </c>
+      <c r="E140">
+        <v>0</v>
+      </c>
+      <c r="F140">
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:6">
-      <c r="A141" t="s">
-        <v>13</v>
+      <c r="A141" s="1" t="s">
+        <v>124</v>
       </c>
       <c r="B141">
-        <v>51</v>
+        <v>98</v>
+      </c>
+      <c r="C141" t="s">
+        <v>125</v>
+      </c>
+      <c r="D141" t="s">
+        <v>126</v>
+      </c>
+      <c r="E141">
+        <v>0</v>
+      </c>
+      <c r="F141">
+        <v>4</v>
       </c>
     </row>
     <row r="142" spans="1:6">
-      <c r="A142" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="A142" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="B143">
-        <v>96</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>31</v>
+      </c>
+      <c r="C143" t="s">
+        <v>127</v>
+      </c>
+      <c r="D143" t="s">
+        <v>127</v>
+      </c>
+      <c r="E143">
+        <v>0</v>
       </c>
       <c r="F143">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B144">
+        <v>40</v>
+      </c>
+      <c r="C144" t="s">
+        <v>128</v>
+      </c>
+      <c r="D144" t="s">
+        <v>129</v>
+      </c>
+      <c r="E144">
+        <v>0</v>
+      </c>
+      <c r="F144">
+        <v>2</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B145">
-        <v>32</v>
+        <v>8</v>
+      </c>
+      <c r="C145" t="s">
+        <v>130</v>
+      </c>
+      <c r="D145" t="s">
+        <v>130</v>
+      </c>
+      <c r="E145">
+        <v>0</v>
+      </c>
+      <c r="F145">
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B146">
-        <v>41</v>
+        <v>4</v>
+      </c>
+      <c r="C146" t="s">
+        <v>131</v>
+      </c>
+      <c r="D146" t="s">
+        <v>131</v>
+      </c>
+      <c r="E146">
+        <v>0</v>
+      </c>
+      <c r="F146">
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:6">
-      <c r="A147" t="s">
-        <v>18</v>
+      <c r="A147" s="1" t="s">
+        <v>132</v>
       </c>
       <c r="B147">
-        <v>4</v>
+        <v>1244</v>
+      </c>
+      <c r="C147" t="s">
+        <v>133</v>
+      </c>
+      <c r="D147" t="s">
+        <v>133</v>
+      </c>
+      <c r="E147">
+        <v>26</v>
+      </c>
+      <c r="F147">
+        <v>256</v>
       </c>
     </row>
     <row r="148" spans="1:6">
-      <c r="A148" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="A148" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="B149">
-        <v>1109</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>304</v>
+      </c>
+      <c r="C149" t="s">
+        <v>134</v>
+      </c>
+      <c r="D149" t="s">
+        <v>134</v>
+      </c>
+      <c r="E149">
+        <v>10</v>
       </c>
       <c r="F149">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B150">
+        <v>458</v>
+      </c>
+      <c r="C150" t="s">
+        <v>135</v>
+      </c>
+      <c r="D150" t="s">
+        <v>135</v>
+      </c>
+      <c r="E150">
+        <v>16</v>
+      </c>
+      <c r="F150">
+        <v>113</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B151">
-        <v>310</v>
+        <v>37</v>
+      </c>
+      <c r="C151" t="s">
+        <v>136</v>
+      </c>
+      <c r="D151" t="s">
+        <v>136</v>
+      </c>
+      <c r="E151">
+        <v>0</v>
+      </c>
+      <c r="F151">
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B152">
-        <v>456</v>
+        <v>55</v>
+      </c>
+      <c r="C152" t="s">
+        <v>137</v>
+      </c>
+      <c r="D152" t="s">
+        <v>137</v>
+      </c>
+      <c r="E152">
+        <v>0</v>
+      </c>
+      <c r="F152">
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:6">
-      <c r="A153" t="s">
-        <v>15</v>
+      <c r="A153" s="1" t="s">
+        <v>138</v>
       </c>
       <c r="B153">
-        <v>38</v>
+        <v>451</v>
+      </c>
+      <c r="C153" t="s">
+        <v>139</v>
+      </c>
+      <c r="D153" t="s">
+        <v>139</v>
+      </c>
+      <c r="E153">
+        <v>2</v>
+      </c>
+      <c r="F153">
+        <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:6">
-      <c r="A154" t="s">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="A154" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B155">
-        <v>443</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>118</v>
+      </c>
+      <c r="C155" t="s">
+        <v>140</v>
+      </c>
+      <c r="D155" t="s">
+        <v>140</v>
+      </c>
+      <c r="E155">
+        <v>2</v>
       </c>
       <c r="F155">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B156">
+        <v>156</v>
+      </c>
+      <c r="C156" t="s">
+        <v>141</v>
+      </c>
+      <c r="D156" t="s">
+        <v>141</v>
+      </c>
+      <c r="E156">
+        <v>0</v>
+      </c>
+      <c r="F156">
+        <v>2</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B157">
-        <v>88</v>
+        <v>84</v>
+      </c>
+      <c r="C157" t="s">
+        <v>142</v>
+      </c>
+      <c r="D157" t="s">
+        <v>142</v>
+      </c>
+      <c r="E157">
+        <v>0</v>
+      </c>
+      <c r="F157">
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B158">
-        <v>121</v>
+        <v>18</v>
+      </c>
+      <c r="C158" t="s">
+        <v>143</v>
+      </c>
+      <c r="D158" t="s">
+        <v>143</v>
+      </c>
+      <c r="E158">
+        <v>0</v>
+      </c>
+      <c r="F158">
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:6">
-      <c r="A159" t="s">
-        <v>13</v>
+      <c r="A159" s="1" t="s">
+        <v>144</v>
       </c>
       <c r="B159">
-        <v>157</v>
+        <v>233</v>
+      </c>
+      <c r="C159" t="s">
+        <v>145</v>
+      </c>
+      <c r="D159" t="s">
+        <v>145</v>
+      </c>
+      <c r="E159">
+        <v>4</v>
+      </c>
+      <c r="F159">
+        <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:6">
-      <c r="A160" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="A160" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="B161">
-        <v>224</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>30</v>
+      </c>
+      <c r="C161" t="s">
+        <v>146</v>
+      </c>
+      <c r="D161" t="s">
+        <v>146</v>
+      </c>
+      <c r="E161">
+        <v>2</v>
       </c>
       <c r="F161">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B162">
+        <v>94</v>
+      </c>
+      <c r="C162" t="s">
+        <v>147</v>
+      </c>
+      <c r="D162" t="s">
+        <v>147</v>
+      </c>
+      <c r="E162">
+        <v>1</v>
+      </c>
+      <c r="F162">
+        <v>3</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B163">
-        <v>98</v>
+        <v>15</v>
+      </c>
+      <c r="C163" t="s">
+        <v>148</v>
+      </c>
+      <c r="D163" t="s">
+        <v>148</v>
+      </c>
+      <c r="E163">
+        <v>1</v>
+      </c>
+      <c r="F163">
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="B164">
-        <v>20</v>
+        <v>42</v>
+      </c>
+      <c r="C164" t="s">
+        <v>149</v>
+      </c>
+      <c r="D164" t="s">
+        <v>149</v>
+      </c>
+      <c r="E164">
+        <v>0</v>
+      </c>
+      <c r="F164">
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:6">
-      <c r="A165" t="s">
-        <v>18</v>
+      <c r="A165" s="1" t="s">
+        <v>150</v>
       </c>
       <c r="B165">
-        <v>42</v>
+        <v>326</v>
+      </c>
+      <c r="C165" t="s">
+        <v>151</v>
+      </c>
+      <c r="D165" t="s">
+        <v>152</v>
+      </c>
+      <c r="E165">
+        <v>7</v>
+      </c>
+      <c r="F165">
+        <v>27</v>
       </c>
     </row>
     <row r="166" spans="1:6">
-      <c r="A166" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="A166" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="B167">
-        <v>312</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>46</v>
+      </c>
+      <c r="C167" t="s">
+        <v>153</v>
+      </c>
+      <c r="D167" t="s">
+        <v>153</v>
+      </c>
+      <c r="E167">
+        <v>1</v>
       </c>
       <c r="F167">
-        <v>21</v>
+        <v>4</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B168">
+        <v>92</v>
+      </c>
+      <c r="C168" t="s">
+        <v>154</v>
+      </c>
+      <c r="D168" t="s">
+        <v>154</v>
+      </c>
+      <c r="E168">
+        <v>5</v>
+      </c>
+      <c r="F168">
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B169">
-        <v>46</v>
+        <v>134</v>
+      </c>
+      <c r="C169" t="s">
+        <v>155</v>
+      </c>
+      <c r="D169" t="s">
+        <v>156</v>
+      </c>
+      <c r="E169">
+        <v>1</v>
+      </c>
+      <c r="F169">
+        <v>3</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B170">
-        <v>92</v>
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>157</v>
+      </c>
+      <c r="D170" t="s">
+        <v>157</v>
+      </c>
+      <c r="E170">
+        <v>0</v>
+      </c>
+      <c r="F170">
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:6">
-      <c r="A171" t="s">
-        <v>15</v>
+      <c r="A171" s="1" t="s">
+        <v>158</v>
       </c>
       <c r="B171">
-        <v>135</v>
+        <v>309</v>
+      </c>
+      <c r="C171" t="s">
+        <v>159</v>
+      </c>
+      <c r="D171" t="s">
+        <v>160</v>
+      </c>
+      <c r="E171">
+        <v>5</v>
+      </c>
+      <c r="F171">
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:6">
-      <c r="A172" t="s">
-[...2 lines deleted...]
-      <c r="B172">
+      <c r="A172" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="B173">
-        <v>298</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>69</v>
+      </c>
+      <c r="C173" t="s">
+        <v>161</v>
+      </c>
+      <c r="D173" t="s">
+        <v>162</v>
+      </c>
+      <c r="E173">
+        <v>3</v>
       </c>
       <c r="F173">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B174">
+        <v>119</v>
+      </c>
+      <c r="C174" t="s">
+        <v>163</v>
+      </c>
+      <c r="D174" t="s">
+        <v>163</v>
+      </c>
+      <c r="E174">
+        <v>2</v>
+      </c>
+      <c r="F174">
+        <v>3</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B175">
-        <v>121</v>
+        <v>38</v>
+      </c>
+      <c r="C175" t="s">
+        <v>164</v>
+      </c>
+      <c r="D175" t="s">
+        <v>164</v>
+      </c>
+      <c r="E175">
+        <v>0</v>
+      </c>
+      <c r="F175">
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B176">
-        <v>69</v>
+        <v>12</v>
+      </c>
+      <c r="C176" t="s">
+        <v>165</v>
+      </c>
+      <c r="D176" t="s">
+        <v>165</v>
+      </c>
+      <c r="E176">
+        <v>0</v>
+      </c>
+      <c r="F176">
+        <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:6">
-      <c r="A177" t="s">
-        <v>18</v>
+      <c r="A177" s="1" t="s">
+        <v>166</v>
       </c>
       <c r="B177">
-        <v>12</v>
+        <v>484</v>
+      </c>
+      <c r="C177" t="s">
+        <v>167</v>
+      </c>
+      <c r="D177" t="s">
+        <v>168</v>
+      </c>
+      <c r="E177">
+        <v>16</v>
+      </c>
+      <c r="F177">
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:6">
-      <c r="A178" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="A178" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="B179">
-        <v>471</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>49</v>
+      </c>
+      <c r="C179" t="s">
+        <v>169</v>
+      </c>
+      <c r="D179" t="s">
+        <v>170</v>
+      </c>
+      <c r="E179">
+        <v>12</v>
       </c>
       <c r="F179">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B180">
+        <v>253</v>
+      </c>
+      <c r="C180" t="s">
+        <v>171</v>
+      </c>
+      <c r="D180" t="s">
+        <v>171</v>
+      </c>
+      <c r="E180">
+        <v>4</v>
+      </c>
+      <c r="F180">
+        <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B181">
-        <v>262</v>
+        <v>80</v>
+      </c>
+      <c r="C181" t="s">
+        <v>172</v>
+      </c>
+      <c r="D181" t="s">
+        <v>172</v>
+      </c>
+      <c r="E181">
+        <v>0</v>
+      </c>
+      <c r="F181">
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>27</v>
+      </c>
+      <c r="B182">
         <v>15</v>
       </c>
-      <c r="B182">
-        <v>91</v>
+      <c r="C182" t="s">
+        <v>93</v>
+      </c>
+      <c r="D182" t="s">
+        <v>93</v>
+      </c>
+      <c r="E182">
+        <v>0</v>
+      </c>
+      <c r="F182">
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:6">
-      <c r="A183" t="s">
-        <v>11</v>
+      <c r="A183" s="1" t="s">
+        <v>173</v>
       </c>
       <c r="B183">
-        <v>57</v>
+        <v>171</v>
+      </c>
+      <c r="C183" t="s">
+        <v>174</v>
+      </c>
+      <c r="D183" t="s">
+        <v>175</v>
+      </c>
+      <c r="E183">
+        <v>5</v>
+      </c>
+      <c r="F183">
+        <v>30</v>
       </c>
     </row>
     <row r="184" spans="1:6">
-      <c r="A184" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="A184" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="B185">
-        <v>155</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>62</v>
+      </c>
+      <c r="C185" t="s">
+        <v>176</v>
+      </c>
+      <c r="D185" t="s">
+        <v>177</v>
+      </c>
+      <c r="E185">
+        <v>3</v>
       </c>
       <c r="F185">
-        <v>28</v>
+        <v>7</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B186">
+        <v>23</v>
+      </c>
+      <c r="C186" t="s">
+        <v>178</v>
+      </c>
+      <c r="D186" t="s">
+        <v>178</v>
+      </c>
+      <c r="E186">
+        <v>1</v>
+      </c>
+      <c r="F186">
+        <v>3</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B187">
-        <v>24</v>
+        <v>17</v>
+      </c>
+      <c r="C187" t="s">
+        <v>179</v>
+      </c>
+      <c r="D187" t="s">
+        <v>180</v>
+      </c>
+      <c r="E187">
+        <v>1</v>
+      </c>
+      <c r="F187">
+        <v>3</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B188">
         <v>8</v>
       </c>
+      <c r="C188" t="s">
+        <v>181</v>
+      </c>
+      <c r="D188" t="s">
+        <v>181</v>
+      </c>
+      <c r="E188">
+        <v>0</v>
+      </c>
+      <c r="F188">
+        <v>1</v>
+      </c>
     </row>
     <row r="189" spans="1:6">
-      <c r="A189" t="s">
-        <v>15</v>
+      <c r="A189" s="1" t="s">
+        <v>182</v>
       </c>
       <c r="B189">
-        <v>17</v>
+        <v>38</v>
+      </c>
+      <c r="C189" t="s">
+        <v>183</v>
+      </c>
+      <c r="D189" t="s">
+        <v>183</v>
+      </c>
+      <c r="E189">
+        <v>0</v>
+      </c>
+      <c r="F189">
+        <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:6">
-      <c r="A190" t="s">
-[...3 lines deleted...]
-        <v>64</v>
+      <c r="A190" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="B191">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>8</v>
+      </c>
+      <c r="C191" t="s">
+        <v>184</v>
+      </c>
+      <c r="D191" t="s">
+        <v>184</v>
+      </c>
+      <c r="E191">
+        <v>0</v>
       </c>
       <c r="F191">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B192">
+        <v>7</v>
+      </c>
+      <c r="C192" t="s">
+        <v>185</v>
+      </c>
+      <c r="D192" t="s">
+        <v>185</v>
+      </c>
+      <c r="E192">
+        <v>0</v>
+      </c>
+      <c r="F192">
+        <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B193">
-        <v>8</v>
+        <v>19</v>
+      </c>
+      <c r="C193" t="s">
+        <v>186</v>
+      </c>
+      <c r="D193" t="s">
+        <v>186</v>
+      </c>
+      <c r="E193">
+        <v>0</v>
+      </c>
+      <c r="F193">
+        <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:6">
-      <c r="A194" t="s">
-        <v>13</v>
+      <c r="A194" s="1" t="s">
+        <v>187</v>
       </c>
       <c r="B194">
-        <v>7</v>
+        <v>603</v>
+      </c>
+      <c r="C194" t="s">
+        <v>188</v>
+      </c>
+      <c r="D194" t="s">
+        <v>189</v>
+      </c>
+      <c r="E194">
+        <v>4</v>
+      </c>
+      <c r="F194">
+        <v>38</v>
       </c>
     </row>
     <row r="195" spans="1:6">
-      <c r="A195" t="s">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="A195" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="B196">
-        <v>581</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>174</v>
+      </c>
+      <c r="C196" t="s">
+        <v>190</v>
+      </c>
+      <c r="D196" t="s">
+        <v>191</v>
+      </c>
+      <c r="E196">
+        <v>0</v>
       </c>
       <c r="F196">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B197">
+        <v>152</v>
+      </c>
+      <c r="C197" t="s">
+        <v>192</v>
+      </c>
+      <c r="D197" t="s">
+        <v>193</v>
+      </c>
+      <c r="E197">
+        <v>2</v>
+      </c>
+      <c r="F197">
+        <v>7</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B198">
-        <v>177</v>
+        <v>174</v>
+      </c>
+      <c r="C198" t="s">
+        <v>194</v>
+      </c>
+      <c r="D198" t="s">
+        <v>195</v>
+      </c>
+      <c r="E198">
+        <v>2</v>
+      </c>
+      <c r="F198">
+        <v>4</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B199">
         <v>39</v>
       </c>
+      <c r="C199" t="s">
+        <v>196</v>
+      </c>
+      <c r="D199" t="s">
+        <v>197</v>
+      </c>
+      <c r="E199">
+        <v>0</v>
+      </c>
+      <c r="F199">
+        <v>2</v>
+      </c>
     </row>
     <row r="200" spans="1:6">
-      <c r="A200" t="s">
-        <v>13</v>
+      <c r="A200" s="1" t="s">
+        <v>198</v>
       </c>
       <c r="B200">
-        <v>152</v>
+        <v>1</v>
+      </c>
+      <c r="C200">
+        <v>0</v>
+      </c>
+      <c r="D200">
+        <v>0</v>
+      </c>
+      <c r="E200">
+        <v>0</v>
+      </c>
+      <c r="F200">
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:6">
-      <c r="A201" t="s">
-[...3 lines deleted...]
-        <v>177</v>
+      <c r="A201" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="B202">
         <v>1</v>
       </c>
       <c r="C202">
         <v>0</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
-      <c r="E202" t="s">
-        <v>22</v>
+      <c r="E202">
+        <v>0</v>
       </c>
       <c r="F202">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:6">
-      <c r="A203" t="s">
-        <v>9</v>
+      <c r="A203" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B203">
+        <v>82</v>
+      </c>
+      <c r="C203" t="s">
+        <v>200</v>
+      </c>
+      <c r="D203" t="s">
+        <v>201</v>
+      </c>
+      <c r="E203">
+        <v>2</v>
+      </c>
+      <c r="F203">
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:6">
-      <c r="A204" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A204" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="B205">
-        <v>80</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>81</v>
+      </c>
+      <c r="C205" t="s">
+        <v>202</v>
+      </c>
+      <c r="D205" t="s">
+        <v>114</v>
+      </c>
+      <c r="E205">
+        <v>2</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:6">
-      <c r="A206" t="s">
-        <v>9</v>
+      <c r="A206" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B206">
+        <v>1</v>
+      </c>
+      <c r="C206" t="s">
+        <v>50</v>
+      </c>
+      <c r="D206" t="s">
+        <v>50</v>
+      </c>
+      <c r="E206">
+        <v>0</v>
+      </c>
+      <c r="F206">
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:6">
-      <c r="A207" t="s">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="A207" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="B208">
         <v>1</v>
       </c>
-      <c r="C208">
-[...6 lines deleted...]
-        <v>22</v>
+      <c r="C208" t="s">
+        <v>50</v>
+      </c>
+      <c r="D208" t="s">
+        <v>50</v>
+      </c>
+      <c r="E208">
+        <v>0</v>
       </c>
       <c r="F208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:6">
-      <c r="A209" t="s">
-        <v>9</v>
+      <c r="A209" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B209">
+        <v>2</v>
+      </c>
+      <c r="C209">
+        <v>0</v>
+      </c>
+      <c r="D209">
+        <v>0</v>
+      </c>
+      <c r="E209">
+        <v>1</v>
+      </c>
+      <c r="F209">
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:6">
-      <c r="A210" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A210" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>58</v>
+        <v>205</v>
       </c>
       <c r="B211">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C211">
         <v>0</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
-      <c r="E211" t="s">
-        <v>8</v>
+      <c r="E211">
+        <v>1</v>
       </c>
       <c r="F211">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>9</v>
+        <v>206</v>
+      </c>
+      <c r="B212">
+        <v>1</v>
+      </c>
+      <c r="C212">
+        <v>0</v>
+      </c>
+      <c r="D212">
+        <v>0</v>
+      </c>
+      <c r="E212">
+        <v>0</v>
+      </c>
+      <c r="F212">
+        <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:6">
-      <c r="A213" t="s">
-        <v>59</v>
+      <c r="A213" s="1" t="s">
+        <v>207</v>
       </c>
       <c r="B213">
-        <v>1</v>
+        <v>14</v>
+      </c>
+      <c r="C213">
+        <v>0</v>
+      </c>
+      <c r="D213">
+        <v>0</v>
+      </c>
+      <c r="E213">
+        <v>0</v>
+      </c>
+      <c r="F213">
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:6">
-      <c r="A214" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A214" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="B215">
         <v>14</v>
       </c>
       <c r="C215">
         <v>0</v>
       </c>
       <c r="D215">
         <v>0</v>
       </c>
-      <c r="E215" t="s">
-        <v>22</v>
+      <c r="E215">
+        <v>0</v>
       </c>
       <c r="F215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:6">
-      <c r="A216" t="s">
-        <v>9</v>
+      <c r="A216" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B216">
+        <v>24</v>
+      </c>
+      <c r="C216">
+        <v>0</v>
+      </c>
+      <c r="D216">
+        <v>0</v>
+      </c>
+      <c r="E216">
+        <v>0</v>
+      </c>
+      <c r="F216">
+        <v>2</v>
       </c>
     </row>
     <row r="217" spans="1:6">
-      <c r="A217" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="A217" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="B218">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C218">
         <v>0</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
-      <c r="E218" t="s">
-        <v>22</v>
+      <c r="E218">
+        <v>0</v>
       </c>
       <c r="F218">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B219">
+        <v>1</v>
+      </c>
+      <c r="C219">
+        <v>0</v>
+      </c>
+      <c r="D219">
+        <v>0</v>
+      </c>
+      <c r="E219">
+        <v>0</v>
+      </c>
+      <c r="F219">
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:6">
-      <c r="A220" t="s">
-        <v>63</v>
+      <c r="A220" s="1" t="s">
+        <v>210</v>
       </c>
       <c r="B220">
-        <v>1</v>
+        <v>50</v>
+      </c>
+      <c r="C220">
+        <v>0</v>
+      </c>
+      <c r="D220">
+        <v>0</v>
+      </c>
+      <c r="E220">
+        <v>4</v>
+      </c>
+      <c r="F220">
+        <v>41</v>
       </c>
     </row>
     <row r="221" spans="1:6">
-      <c r="A221" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="A221" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B222">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C222">
         <v>0</v>
       </c>
       <c r="D222">
         <v>0</v>
       </c>
-      <c r="E222" t="s">
-        <v>8</v>
+      <c r="E222">
+        <v>4</v>
       </c>
       <c r="F222">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="223" spans="1:6">
-      <c r="A223" t="s">
-        <v>9</v>
+      <c r="A223" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B223">
+        <v>1</v>
+      </c>
+      <c r="C223">
+        <v>0</v>
+      </c>
+      <c r="D223">
+        <v>0</v>
+      </c>
+      <c r="E223">
+        <v>0</v>
+      </c>
+      <c r="F223">
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:6">
-      <c r="A224" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="A224" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B225">
         <v>1</v>
       </c>
       <c r="C225">
         <v>0</v>
       </c>
       <c r="D225">
         <v>0</v>
       </c>
-      <c r="E225" t="s">
-        <v>22</v>
+      <c r="E225">
+        <v>0</v>
       </c>
       <c r="F225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:6">
-      <c r="A226" t="s">
-        <v>9</v>
+      <c r="A226" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B226">
+        <v>35</v>
+      </c>
+      <c r="C226">
+        <v>0</v>
+      </c>
+      <c r="D226">
+        <v>0</v>
+      </c>
+      <c r="E226">
+        <v>2</v>
+      </c>
+      <c r="F226">
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:6">
-      <c r="A227" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A227" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B228">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="C228">
         <v>0</v>
       </c>
       <c r="D228">
         <v>0</v>
       </c>
-      <c r="E228" t="s">
-        <v>8</v>
+      <c r="E228">
+        <v>2</v>
       </c>
       <c r="F228">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B229">
+        <v>12</v>
+      </c>
+      <c r="C229">
+        <v>0</v>
+      </c>
+      <c r="D229">
+        <v>0</v>
+      </c>
+      <c r="E229">
+        <v>0</v>
+      </c>
+      <c r="F229">
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:6">
-      <c r="A230" t="s">
-        <v>63</v>
+      <c r="A230" s="1" t="s">
+        <v>213</v>
       </c>
       <c r="B230">
-        <v>12</v>
+        <v>7</v>
+      </c>
+      <c r="C230">
+        <v>0</v>
+      </c>
+      <c r="D230">
+        <v>0</v>
+      </c>
+      <c r="E230">
+        <v>0</v>
+      </c>
+      <c r="F230">
+        <v>4</v>
       </c>
     </row>
     <row r="231" spans="1:6">
-      <c r="A231" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="A231" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B232">
         <v>5</v>
       </c>
       <c r="C232">
         <v>0</v>
       </c>
       <c r="D232">
         <v>0</v>
       </c>
-      <c r="E232" t="s">
-        <v>22</v>
+      <c r="E232">
+        <v>0</v>
       </c>
       <c r="F232">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="233" spans="1:6">
-      <c r="A233" t="s">
-        <v>9</v>
+      <c r="A233" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B233">
+        <v>50</v>
+      </c>
+      <c r="C233" t="s">
+        <v>215</v>
+      </c>
+      <c r="D233" t="s">
+        <v>216</v>
+      </c>
+      <c r="E233">
+        <v>8</v>
+      </c>
+      <c r="F233">
+        <v>2</v>
       </c>
     </row>
     <row r="234" spans="1:6">
-      <c r="A234" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="A234" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B235">
-        <v>45</v>
-[...7 lines deleted...]
-      <c r="E235" t="s">
+        <v>38</v>
+      </c>
+      <c r="C235" t="s">
+        <v>217</v>
+      </c>
+      <c r="D235" t="s">
+        <v>218</v>
+      </c>
+      <c r="E235">
         <v>8</v>
       </c>
       <c r="F235">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B236">
+        <v>11</v>
+      </c>
+      <c r="C236" t="s">
+        <v>219</v>
+      </c>
+      <c r="D236" t="s">
+        <v>219</v>
+      </c>
+      <c r="E236">
+        <v>0</v>
+      </c>
+      <c r="F236">
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:6">
-      <c r="A237" t="s">
-        <v>34</v>
+      <c r="A237" s="1" t="s">
+        <v>220</v>
       </c>
       <c r="B237">
-        <v>34</v>
+        <v>26</v>
+      </c>
+      <c r="C237" t="s">
+        <v>221</v>
+      </c>
+      <c r="D237" t="s">
+        <v>221</v>
+      </c>
+      <c r="E237">
+        <v>1</v>
+      </c>
+      <c r="F237">
+        <v>4</v>
       </c>
     </row>
     <row r="238" spans="1:6">
-      <c r="A238" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="A238" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B239">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="C239">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D239">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E239">
+        <v>1</v>
       </c>
       <c r="F239">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B240">
+        <v>8</v>
+      </c>
+      <c r="C240" t="s">
+        <v>181</v>
+      </c>
+      <c r="D240" t="s">
+        <v>181</v>
+      </c>
+      <c r="E240">
+        <v>0</v>
+      </c>
+      <c r="F240">
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:6">
-      <c r="A241" t="s">
-        <v>34</v>
+      <c r="A241" s="1" t="s">
+        <v>222</v>
       </c>
       <c r="B241">
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="C241" t="s">
+        <v>223</v>
+      </c>
+      <c r="D241" t="s">
+        <v>223</v>
+      </c>
+      <c r="E241">
+        <v>0</v>
+      </c>
+      <c r="F241">
+        <v>2</v>
       </c>
     </row>
     <row r="242" spans="1:6">
-      <c r="A242" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="A242" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B243">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>24</v>
+      </c>
+      <c r="C243" t="s">
+        <v>224</v>
+      </c>
+      <c r="D243" t="s">
+        <v>224</v>
+      </c>
+      <c r="E243">
+        <v>0</v>
       </c>
       <c r="F243">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B244">
+        <v>1</v>
+      </c>
+      <c r="C244">
+        <v>0</v>
+      </c>
+      <c r="D244">
+        <v>0</v>
+      </c>
+      <c r="E244">
+        <v>0</v>
+      </c>
+      <c r="F244">
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:6">
-      <c r="A245" t="s">
-        <v>63</v>
+      <c r="A245" s="1" t="s">
+        <v>225</v>
       </c>
       <c r="B245">
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="C245">
+        <v>0</v>
+      </c>
+      <c r="D245">
+        <v>0</v>
+      </c>
+      <c r="E245">
+        <v>0</v>
+      </c>
+      <c r="F245">
+        <v>2</v>
       </c>
     </row>
     <row r="246" spans="1:6">
-      <c r="A246" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="A246" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
         <v>71</v>
       </c>
       <c r="B247">
         <v>8</v>
       </c>
       <c r="C247">
         <v>0</v>
       </c>
       <c r="D247">
         <v>0</v>
       </c>
-      <c r="E247" t="s">
-        <v>22</v>
+      <c r="E247">
+        <v>0</v>
       </c>
       <c r="F247">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:6">
-      <c r="A248" t="s">
-        <v>9</v>
+      <c r="A248" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B248">
+        <v>12</v>
+      </c>
+      <c r="C248">
+        <v>0</v>
+      </c>
+      <c r="D248">
+        <v>0</v>
+      </c>
+      <c r="E248">
+        <v>0</v>
+      </c>
+      <c r="F248">
+        <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:6">
-      <c r="A249" t="s">
-[...2 lines deleted...]
-      <c r="B249">
+      <c r="A249" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B250">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C250">
         <v>0</v>
       </c>
       <c r="D250">
         <v>0</v>
       </c>
-      <c r="E250" t="s">
-        <v>22</v>
+      <c r="E250">
+        <v>0</v>
       </c>
       <c r="F250">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B251">
+        <v>1</v>
+      </c>
+      <c r="C251">
+        <v>0</v>
+      </c>
+      <c r="D251">
+        <v>0</v>
+      </c>
+      <c r="E251">
+        <v>0</v>
+      </c>
+      <c r="F251">
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:6">
-      <c r="A252" t="s">
-        <v>63</v>
+      <c r="A252" s="1" t="s">
+        <v>227</v>
       </c>
       <c r="B252">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="C252">
+        <v>0</v>
+      </c>
+      <c r="D252">
+        <v>0</v>
+      </c>
+      <c r="E252">
+        <v>3</v>
+      </c>
+      <c r="F252">
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:6">
-      <c r="A253" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="A253" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B254">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="C254">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D254">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E254">
+        <v>2</v>
       </c>
       <c r="F254">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B255">
+        <v>1</v>
+      </c>
+      <c r="C255">
+        <v>0</v>
+      </c>
+      <c r="D255">
+        <v>0</v>
+      </c>
+      <c r="E255">
+        <v>1</v>
+      </c>
+      <c r="F255">
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:6">
-      <c r="A256" t="s">
-        <v>34</v>
+      <c r="A256" s="1" t="s">
+        <v>228</v>
       </c>
       <c r="B256">
-        <v>22</v>
+        <v>37</v>
+      </c>
+      <c r="C256" t="s">
+        <v>229</v>
+      </c>
+      <c r="D256" t="s">
+        <v>229</v>
+      </c>
+      <c r="E256">
+        <v>2</v>
+      </c>
+      <c r="F256">
+        <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:6">
-      <c r="A257" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="A257" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B258">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="E258" t="s">
+        <v>22</v>
+      </c>
+      <c r="C258" t="s">
+        <v>230</v>
+      </c>
+      <c r="D258" t="s">
+        <v>230</v>
+      </c>
+      <c r="E258">
+        <v>2</v>
+      </c>
+      <c r="F258">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B259">
+        <v>7</v>
+      </c>
+      <c r="C259">
+        <v>0</v>
+      </c>
+      <c r="D259">
+        <v>0</v>
+      </c>
+      <c r="E259">
+        <v>0</v>
+      </c>
+      <c r="F259">
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:6">
-      <c r="A260" t="s">
-        <v>34</v>
+      <c r="A260" s="1" t="s">
+        <v>231</v>
       </c>
       <c r="B260">
-        <v>5</v>
+        <v>9</v>
+      </c>
+      <c r="C260">
+        <v>0</v>
+      </c>
+      <c r="D260">
+        <v>0</v>
+      </c>
+      <c r="E260">
+        <v>0</v>
+      </c>
+      <c r="F260">
+        <v>7</v>
       </c>
     </row>
     <row r="261" spans="1:6">
-      <c r="A261" t="s">
-[...15 lines deleted...]
-        <v>2</v>
+      <c r="A261" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>9</v>
+        <v>71</v>
+      </c>
+      <c r="B262">
+        <v>5</v>
+      </c>
+      <c r="C262">
+        <v>0</v>
+      </c>
+      <c r="D262">
+        <v>0</v>
+      </c>
+      <c r="E262">
+        <v>0</v>
+      </c>
+      <c r="F262">
+        <v>3</v>
       </c>
     </row>
     <row r="263" spans="1:6">
-      <c r="A263" t="s">
-        <v>34</v>
+      <c r="A263" s="1" t="s">
+        <v>232</v>
       </c>
       <c r="B263">
-        <v>13</v>
+        <v>1</v>
+      </c>
+      <c r="C263">
+        <v>0</v>
+      </c>
+      <c r="D263">
+        <v>0</v>
+      </c>
+      <c r="E263">
+        <v>1</v>
+      </c>
+      <c r="F263">
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:6">
-      <c r="A264" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="A264" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B265">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="C265">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D265">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E265">
+        <v>1</v>
       </c>
       <c r="F265">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:6">
-      <c r="A266" t="s">
-        <v>9</v>
+      <c r="A266" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B266">
+        <v>16</v>
+      </c>
+      <c r="C266" t="s">
+        <v>234</v>
+      </c>
+      <c r="D266" t="s">
+        <v>234</v>
+      </c>
+      <c r="E266">
+        <v>1</v>
+      </c>
+      <c r="F266">
+        <v>2</v>
       </c>
     </row>
     <row r="267" spans="1:6">
-      <c r="A267" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="A267" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B268">
-        <v>22</v>
+        <v>13</v>
+      </c>
+      <c r="C268" t="s">
+        <v>24</v>
+      </c>
+      <c r="D268" t="s">
+        <v>24</v>
+      </c>
+      <c r="E268">
+        <v>1</v>
+      </c>
+      <c r="F268">
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>77</v>
+        <v>209</v>
       </c>
       <c r="B269">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="C269">
         <v>0</v>
       </c>
       <c r="D269">
         <v>0</v>
       </c>
-      <c r="E269" t="s">
-        <v>8</v>
+      <c r="E269">
+        <v>0</v>
       </c>
       <c r="F269">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:6">
-      <c r="A270" t="s">
-        <v>9</v>
+      <c r="A270" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B270">
+        <v>25</v>
+      </c>
+      <c r="C270" t="s">
+        <v>236</v>
+      </c>
+      <c r="D270" t="s">
+        <v>236</v>
+      </c>
+      <c r="E270">
+        <v>2</v>
+      </c>
+      <c r="F270">
+        <v>2</v>
       </c>
     </row>
     <row r="271" spans="1:6">
-      <c r="A271" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="A271" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="B272">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="E272" t="s">
         <v>22</v>
       </c>
+      <c r="C272" t="s">
+        <v>237</v>
+      </c>
+      <c r="D272" t="s">
+        <v>237</v>
+      </c>
+      <c r="E272">
+        <v>2</v>
+      </c>
       <c r="F272">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B273">
+        <v>2</v>
+      </c>
+      <c r="C273">
+        <v>0</v>
+      </c>
+      <c r="D273">
+        <v>0</v>
+      </c>
+      <c r="E273">
+        <v>0</v>
+      </c>
+      <c r="F273">
+        <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:6">
-      <c r="A274" t="s">
-        <v>63</v>
+      <c r="A274" s="1" t="s">
+        <v>238</v>
       </c>
       <c r="B274">
         <v>1</v>
       </c>
+      <c r="C274">
+        <v>0</v>
+      </c>
+      <c r="D274">
+        <v>0</v>
+      </c>
+      <c r="E274">
+        <v>1</v>
+      </c>
+      <c r="F274">
+        <v>0</v>
+      </c>
     </row>
     <row r="275" spans="1:6">
-      <c r="A275" t="s">
-[...15 lines deleted...]
-        <v>0</v>
+      <c r="A275" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>9</v>
+        <v>71</v>
+      </c>
+      <c r="B276">
+        <v>1</v>
+      </c>
+      <c r="C276">
+        <v>0</v>
+      </c>
+      <c r="D276">
+        <v>0</v>
+      </c>
+      <c r="E276">
+        <v>1</v>
+      </c>
+      <c r="F276">
+        <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:6">
-      <c r="A277" t="s">
-        <v>34</v>
+      <c r="A277" s="1" t="s">
+        <v>239</v>
       </c>
       <c r="B277">
-        <v>1</v>
+        <v>19</v>
+      </c>
+      <c r="C277">
+        <v>0</v>
+      </c>
+      <c r="D277">
+        <v>0</v>
+      </c>
+      <c r="E277">
+        <v>1</v>
+      </c>
+      <c r="F277">
+        <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:6">
-      <c r="A278" t="s">
-[...15 lines deleted...]
-        <v>4</v>
+      <c r="A278" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>9</v>
+        <v>71</v>
+      </c>
+      <c r="B279">
+        <v>19</v>
+      </c>
+      <c r="C279">
+        <v>0</v>
+      </c>
+      <c r="D279">
+        <v>0</v>
+      </c>
+      <c r="E279">
+        <v>1</v>
+      </c>
+      <c r="F279">
+        <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:6">
-      <c r="A280" t="s">
-        <v>63</v>
+      <c r="A280" s="1" t="s">
+        <v>240</v>
       </c>
       <c r="B280">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="C280">
+        <v>0</v>
+      </c>
+      <c r="D280">
+        <v>0</v>
+      </c>
+      <c r="E280">
+        <v>0</v>
+      </c>
+      <c r="F280">
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:6">
-      <c r="A281" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="A281" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>81</v>
+        <v>209</v>
       </c>
       <c r="B282">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="C282">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="D282">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E282">
+        <v>0</v>
       </c>
       <c r="F282">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:6">
-      <c r="A283" t="s">
-        <v>9</v>
+      <c r="A283" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B283">
+        <v>1</v>
+      </c>
+      <c r="C283">
+        <v>0</v>
+      </c>
+      <c r="D283">
+        <v>0</v>
+      </c>
+      <c r="E283">
+        <v>0</v>
+      </c>
+      <c r="F283">
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:6">
-      <c r="A284" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="A284" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B285">
-        <v>12</v>
+        <v>1</v>
+      </c>
+      <c r="C285">
+        <v>0</v>
+      </c>
+      <c r="D285">
+        <v>0</v>
+      </c>
+      <c r="E285">
+        <v>0</v>
+      </c>
+      <c r="F285">
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:6">
-      <c r="A286" t="s">
-        <v>82</v>
+      <c r="A286" s="1" t="s">
+        <v>242</v>
       </c>
       <c r="B286">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>17</v>
+      </c>
+      <c r="C286" t="s">
+        <v>179</v>
+      </c>
+      <c r="D286" t="s">
+        <v>179</v>
+      </c>
+      <c r="E286">
+        <v>0</v>
       </c>
       <c r="F286">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:6">
-      <c r="A287" t="s">
+      <c r="A287" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B288">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="C288" t="s">
+        <v>88</v>
+      </c>
+      <c r="D288" t="s">
+        <v>88</v>
+      </c>
+      <c r="E288">
+        <v>0</v>
+      </c>
+      <c r="F288">
+        <v>2</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>63</v>
+        <v>209</v>
       </c>
       <c r="B289">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="C289">
+        <v>0</v>
+      </c>
+      <c r="D289">
+        <v>0</v>
+      </c>
+      <c r="E289">
+        <v>0</v>
+      </c>
+      <c r="F289">
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:6">
-      <c r="A290" t="s">
-        <v>83</v>
+      <c r="A290" s="1" t="s">
+        <v>243</v>
       </c>
       <c r="B290">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>18</v>
+      </c>
+      <c r="C290" t="s">
+        <v>143</v>
+      </c>
+      <c r="D290" t="s">
+        <v>143</v>
+      </c>
+      <c r="E290">
+        <v>0</v>
       </c>
       <c r="F290">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:6">
-      <c r="A291" t="s">
+      <c r="A291" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B292">
-        <v>19</v>
+        <v>12</v>
+      </c>
+      <c r="C292" t="s">
+        <v>244</v>
+      </c>
+      <c r="D292" t="s">
+        <v>244</v>
+      </c>
+      <c r="E292">
+        <v>0</v>
+      </c>
+      <c r="F292">
+        <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>84</v>
+        <v>209</v>
       </c>
       <c r="B293">
-        <v>35</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="C293" t="s">
+        <v>62</v>
+      </c>
+      <c r="D293" t="s">
+        <v>62</v>
+      </c>
+      <c r="E293">
+        <v>0</v>
       </c>
       <c r="F293">
-        <v>23</v>
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:6">
-      <c r="A294" t="s">
-        <v>9</v>
+      <c r="A294" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B294">
+        <v>3</v>
+      </c>
+      <c r="C294">
+        <v>0</v>
+      </c>
+      <c r="D294">
+        <v>0</v>
+      </c>
+      <c r="E294">
+        <v>0</v>
+      </c>
+      <c r="F294">
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:6">
-      <c r="A295" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="A295" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B296">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="C296">
+        <v>0</v>
+      </c>
+      <c r="D296">
+        <v>0</v>
+      </c>
+      <c r="E296">
+        <v>0</v>
+      </c>
+      <c r="F296">
+        <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>85</v>
+        <v>209</v>
       </c>
       <c r="B297">
         <v>2</v>
       </c>
       <c r="C297">
         <v>0</v>
       </c>
       <c r="D297">
         <v>0</v>
       </c>
-      <c r="E297" t="s">
-        <v>22</v>
+      <c r="E297">
+        <v>0</v>
       </c>
       <c r="F297">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:6">
-      <c r="A298" t="s">
-        <v>9</v>
+      <c r="A298" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B298">
+        <v>19</v>
+      </c>
+      <c r="C298" t="s">
+        <v>247</v>
+      </c>
+      <c r="D298" t="s">
+        <v>247</v>
+      </c>
+      <c r="E298">
+        <v>0</v>
+      </c>
+      <c r="F298">
+        <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:6">
-      <c r="A299" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="A299" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="B300">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>19</v>
+      </c>
+      <c r="C300" t="s">
+        <v>247</v>
+      </c>
+      <c r="D300" t="s">
+        <v>247</v>
+      </c>
+      <c r="E300">
+        <v>0</v>
       </c>
       <c r="F300">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:6">
-      <c r="A301" t="s">
-        <v>9</v>
+      <c r="A301" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B301">
+        <v>49</v>
+      </c>
+      <c r="C301">
+        <v>0</v>
+      </c>
+      <c r="D301">
+        <v>0</v>
+      </c>
+      <c r="E301">
+        <v>2</v>
+      </c>
+      <c r="F301">
+        <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:6">
-      <c r="A302" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="A302" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="B303">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="C303">
         <v>0</v>
       </c>
       <c r="D303">
         <v>0</v>
       </c>
-      <c r="E303" t="s">
-        <v>22</v>
+      <c r="E303">
+        <v>2</v>
       </c>
       <c r="F303">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B304">
+        <v>2</v>
+      </c>
+      <c r="C304">
+        <v>0</v>
+      </c>
+      <c r="D304">
+        <v>0</v>
+      </c>
+      <c r="E304">
+        <v>0</v>
+      </c>
+      <c r="F304">
+        <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:6">
-      <c r="A305" t="s">
-        <v>34</v>
+      <c r="A305" s="1" t="s">
+        <v>249</v>
       </c>
       <c r="B305">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="C305">
+        <v>0</v>
+      </c>
+      <c r="D305">
+        <v>0</v>
+      </c>
+      <c r="E305">
+        <v>0</v>
+      </c>
+      <c r="F305">
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:6">
-      <c r="A306" t="s">
-[...15 lines deleted...]
-        <v>6</v>
+      <c r="A306" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>9</v>
+        <v>71</v>
+      </c>
+      <c r="B307">
+        <v>3</v>
+      </c>
+      <c r="C307">
+        <v>0</v>
+      </c>
+      <c r="D307">
+        <v>0</v>
+      </c>
+      <c r="E307">
+        <v>0</v>
+      </c>
+      <c r="F307">
+        <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:6">
-      <c r="A308" t="s">
-        <v>34</v>
+      <c r="A308" s="1" t="s">
+        <v>250</v>
       </c>
       <c r="B308">
-        <v>21</v>
+        <v>2</v>
+      </c>
+      <c r="C308">
+        <v>0</v>
+      </c>
+      <c r="D308">
+        <v>0</v>
+      </c>
+      <c r="E308">
+        <v>0</v>
+      </c>
+      <c r="F308">
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:6">
-      <c r="A309" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="A309" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>89</v>
+        <v>209</v>
       </c>
       <c r="B310">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="C310">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D310">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E310">
+        <v>0</v>
       </c>
       <c r="F310">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:6">
-      <c r="A311" t="s">
-        <v>9</v>
+      <c r="A311" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B311">
+        <v>2</v>
+      </c>
+      <c r="C311">
+        <v>0</v>
+      </c>
+      <c r="D311">
+        <v>0</v>
+      </c>
+      <c r="E311">
+        <v>0</v>
+      </c>
+      <c r="F311">
+        <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:6">
-      <c r="A312" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="A312" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B313">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="C313">
+        <v>0</v>
+      </c>
+      <c r="D313">
+        <v>0</v>
+      </c>
+      <c r="E313">
+        <v>0</v>
+      </c>
+      <c r="F313">
+        <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:6">
-      <c r="A314" t="s">
-        <v>90</v>
+      <c r="A314" s="1" t="s">
+        <v>252</v>
       </c>
       <c r="B314">
-        <v>9</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>41</v>
+      </c>
+      <c r="C314" t="s">
+        <v>253</v>
+      </c>
+      <c r="D314" t="s">
+        <v>254</v>
+      </c>
+      <c r="E314">
+        <v>4</v>
       </c>
       <c r="F314">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="315" spans="1:6">
-      <c r="A315" t="s">
+      <c r="A315" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B316">
-        <v>9</v>
+        <v>29</v>
+      </c>
+      <c r="C316" t="s">
+        <v>255</v>
+      </c>
+      <c r="D316" t="s">
+        <v>256</v>
+      </c>
+      <c r="E316">
+        <v>4</v>
+      </c>
+      <c r="F316">
+        <v>7</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>91</v>
+        <v>209</v>
       </c>
       <c r="B317">
-        <v>32</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>5</v>
+      </c>
+      <c r="C317" t="s">
+        <v>257</v>
+      </c>
+      <c r="D317" t="s">
+        <v>257</v>
+      </c>
+      <c r="E317">
+        <v>0</v>
       </c>
       <c r="F317">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:6">
-      <c r="A318" t="s">
-        <v>9</v>
+      <c r="A318" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B318">
+        <v>28</v>
+      </c>
+      <c r="C318" t="s">
+        <v>259</v>
+      </c>
+      <c r="D318" t="s">
+        <v>260</v>
+      </c>
+      <c r="E318">
+        <v>0</v>
+      </c>
+      <c r="F318">
+        <v>4</v>
       </c>
     </row>
     <row r="319" spans="1:6">
-      <c r="A319" t="s">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="A319" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B320">
-        <v>5</v>
+        <v>21</v>
+      </c>
+      <c r="C320" t="s">
+        <v>261</v>
+      </c>
+      <c r="D320" t="s">
+        <v>262</v>
+      </c>
+      <c r="E320">
+        <v>0</v>
+      </c>
+      <c r="F320">
+        <v>2</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>92</v>
+        <v>209</v>
       </c>
       <c r="B321">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C321">
         <v>0</v>
       </c>
       <c r="D321">
         <v>0</v>
       </c>
-      <c r="E321" t="s">
-        <v>22</v>
+      <c r="E321">
+        <v>0</v>
       </c>
       <c r="F321">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:6">
-      <c r="A322" t="s">
-        <v>9</v>
+      <c r="A322" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B322">
+        <v>12</v>
+      </c>
+      <c r="C322" t="s">
+        <v>264</v>
+      </c>
+      <c r="D322" t="s">
+        <v>264</v>
+      </c>
+      <c r="E322">
+        <v>1</v>
+      </c>
+      <c r="F322">
+        <v>4</v>
       </c>
     </row>
     <row r="323" spans="1:6">
-      <c r="A323" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A323" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="B324">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="C324" t="s">
+        <v>265</v>
+      </c>
+      <c r="D324" t="s">
+        <v>265</v>
+      </c>
+      <c r="E324">
+        <v>1</v>
       </c>
       <c r="F324">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="325" spans="1:6">
-      <c r="A325" t="s">
-        <v>9</v>
+      <c r="A325" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B325">
+        <v>36</v>
+      </c>
+      <c r="C325">
+        <v>0</v>
+      </c>
+      <c r="D325">
+        <v>0</v>
+      </c>
+      <c r="E325">
+        <v>1</v>
+      </c>
+      <c r="F325">
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:6">
-      <c r="A326" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A326" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="B327">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="C327">
         <v>0</v>
       </c>
       <c r="D327">
         <v>0</v>
       </c>
-      <c r="E327" t="s">
-        <v>22</v>
+      <c r="E327">
+        <v>1</v>
       </c>
       <c r="F327">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B328">
+        <v>5</v>
+      </c>
+      <c r="C328">
+        <v>0</v>
+      </c>
+      <c r="D328">
+        <v>0</v>
+      </c>
+      <c r="E328">
+        <v>0</v>
+      </c>
+      <c r="F328">
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:6">
-      <c r="A329" t="s">
-        <v>34</v>
+      <c r="A329" s="1" t="s">
+        <v>267</v>
       </c>
       <c r="B329">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="C329">
+        <v>0</v>
+      </c>
+      <c r="D329">
+        <v>0</v>
+      </c>
+      <c r="E329">
+        <v>0</v>
+      </c>
+      <c r="F329">
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:6">
-      <c r="A330" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A330" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>95</v>
+        <v>209</v>
       </c>
       <c r="B331">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="C331">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D331">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E331">
+        <v>0</v>
       </c>
       <c r="F331">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:6">
-      <c r="A332" t="s">
-        <v>9</v>
+      <c r="A332" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B332">
+        <v>1</v>
+      </c>
+      <c r="C332">
+        <v>0</v>
+      </c>
+      <c r="D332">
+        <v>0</v>
+      </c>
+      <c r="E332">
+        <v>0</v>
+      </c>
+      <c r="F332">
+        <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:6">
-      <c r="A333" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="A333" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>96</v>
+        <v>209</v>
       </c>
       <c r="B334">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="C334">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D334">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E334">
+        <v>0</v>
       </c>
       <c r="F334">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:6">
-      <c r="A335" t="s">
-        <v>9</v>
+      <c r="A335" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B335">
+        <v>6</v>
+      </c>
+      <c r="C335">
+        <v>0</v>
+      </c>
+      <c r="D335">
+        <v>0</v>
+      </c>
+      <c r="E335">
+        <v>0</v>
+      </c>
+      <c r="F335">
+        <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:6">
-      <c r="A336" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A336" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B337">
-        <v>13</v>
+        <v>5</v>
+      </c>
+      <c r="C337">
+        <v>0</v>
+      </c>
+      <c r="D337">
+        <v>0</v>
+      </c>
+      <c r="E337">
+        <v>0</v>
+      </c>
+      <c r="F337">
+        <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>97</v>
+        <v>209</v>
       </c>
       <c r="B338">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="C338">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D338">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E338">
+        <v>0</v>
       </c>
       <c r="F338">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:6">
-      <c r="A339" t="s">
-        <v>9</v>
+      <c r="A339" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B339">
+        <v>16</v>
+      </c>
+      <c r="C339" t="s">
+        <v>271</v>
+      </c>
+      <c r="D339" t="s">
+        <v>271</v>
+      </c>
+      <c r="E339">
+        <v>0</v>
+      </c>
+      <c r="F339">
+        <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:6">
-      <c r="A340" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="A340" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B341">
-        <v>3</v>
+        <v>16</v>
+      </c>
+      <c r="C341" t="s">
+        <v>271</v>
+      </c>
+      <c r="D341" t="s">
+        <v>271</v>
+      </c>
+      <c r="E341">
+        <v>0</v>
+      </c>
+      <c r="F341">
+        <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:6">
-      <c r="A342" t="s">
-        <v>98</v>
+      <c r="A342" s="1" t="s">
+        <v>272</v>
       </c>
       <c r="B342">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>19</v>
+      </c>
+      <c r="C342" t="s">
+        <v>273</v>
+      </c>
+      <c r="D342" t="s">
+        <v>273</v>
+      </c>
+      <c r="E342">
+        <v>1</v>
       </c>
       <c r="F342">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:6">
-      <c r="A343" t="s">
+      <c r="A343" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B344">
-        <v>12</v>
+        <v>15</v>
+      </c>
+      <c r="C344" t="s">
+        <v>93</v>
+      </c>
+      <c r="D344" t="s">
+        <v>93</v>
+      </c>
+      <c r="E344">
+        <v>1</v>
+      </c>
+      <c r="F344">
+        <v>3</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>63</v>
+        <v>209</v>
       </c>
       <c r="B345">
         <v>1</v>
       </c>
+      <c r="C345" t="s">
+        <v>50</v>
+      </c>
+      <c r="D345" t="s">
+        <v>50</v>
+      </c>
+      <c r="E345">
+        <v>0</v>
+      </c>
+      <c r="F345">
+        <v>0</v>
+      </c>
     </row>
     <row r="346" spans="1:6">
-      <c r="A346" t="s">
-        <v>99</v>
+      <c r="A346" s="1" t="s">
+        <v>274</v>
       </c>
       <c r="B346">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>19</v>
+      </c>
+      <c r="C346" t="s">
+        <v>275</v>
+      </c>
+      <c r="D346" t="s">
+        <v>247</v>
+      </c>
+      <c r="E346">
+        <v>2</v>
       </c>
       <c r="F346">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:6">
-      <c r="A347" t="s">
+      <c r="A347" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B348">
-        <v>4</v>
+        <v>13</v>
+      </c>
+      <c r="C348" t="s">
+        <v>276</v>
+      </c>
+      <c r="D348" t="s">
+        <v>24</v>
+      </c>
+      <c r="E348">
+        <v>2</v>
+      </c>
+      <c r="F348">
+        <v>3</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>100</v>
+        <v>209</v>
       </c>
       <c r="B349">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="C349">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D349">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E349">
+        <v>0</v>
       </c>
       <c r="F349">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:6">
-      <c r="A350" t="s">
-        <v>9</v>
+      <c r="A350" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B350">
+        <v>15</v>
+      </c>
+      <c r="C350">
+        <v>0</v>
+      </c>
+      <c r="D350">
+        <v>0</v>
+      </c>
+      <c r="E350">
+        <v>0</v>
+      </c>
+      <c r="F350">
+        <v>4</v>
       </c>
     </row>
     <row r="351" spans="1:6">
-      <c r="A351" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="A351" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
       <c r="B352">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C352">
         <v>0</v>
       </c>
       <c r="D352">
         <v>0</v>
       </c>
-      <c r="E352" t="s">
-        <v>22</v>
+      <c r="E352">
+        <v>0</v>
       </c>
       <c r="F352">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B353">
+        <v>1</v>
+      </c>
+      <c r="C353">
+        <v>0</v>
+      </c>
+      <c r="D353">
+        <v>0</v>
+      </c>
+      <c r="E353">
+        <v>0</v>
+      </c>
+      <c r="F353">
+        <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:6">
-      <c r="A354" t="s">
-        <v>63</v>
+      <c r="A354" s="1" t="s">
+        <v>278</v>
       </c>
       <c r="B354">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="C354" t="s">
+        <v>11</v>
+      </c>
+      <c r="D354" t="s">
+        <v>11</v>
+      </c>
+      <c r="E354">
+        <v>0</v>
+      </c>
+      <c r="F354">
+        <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:6">
-      <c r="A355" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="A355" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="B356">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>4</v>
+      </c>
+      <c r="C356" t="s">
+        <v>11</v>
+      </c>
+      <c r="D356" t="s">
+        <v>11</v>
+      </c>
+      <c r="E356">
+        <v>0</v>
       </c>
       <c r="F356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:6">
-      <c r="A357" t="s">
-        <v>9</v>
+      <c r="A357" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B357">
+        <v>8</v>
+      </c>
+      <c r="C357" t="s">
+        <v>184</v>
+      </c>
+      <c r="D357" t="s">
+        <v>184</v>
+      </c>
+      <c r="E357">
+        <v>5</v>
+      </c>
+      <c r="F357">
+        <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:6">
-      <c r="A358" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="A358" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>103</v>
+        <v>71</v>
       </c>
       <c r="B359">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>8</v>
+      </c>
+      <c r="C359" t="s">
+        <v>184</v>
+      </c>
+      <c r="D359" t="s">
+        <v>184</v>
+      </c>
+      <c r="E359">
+        <v>5</v>
       </c>
       <c r="F359">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:6">
-      <c r="A360" t="s">
-        <v>9</v>
+      <c r="A360" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B360">
+        <v>7</v>
+      </c>
+      <c r="C360">
+        <v>0</v>
+      </c>
+      <c r="D360">
+        <v>0</v>
+      </c>
+      <c r="E360">
+        <v>0</v>
+      </c>
+      <c r="F360">
+        <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:6">
-      <c r="A361" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="A361" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>104</v>
+        <v>71</v>
       </c>
       <c r="B362">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C362">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D362">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
+      </c>
+      <c r="E362">
+        <v>0</v>
       </c>
       <c r="F362">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="B363">
+        <v>1</v>
+      </c>
+      <c r="C363">
+        <v>0</v>
+      </c>
+      <c r="D363">
+        <v>0</v>
+      </c>
+      <c r="E363">
+        <v>0</v>
+      </c>
+      <c r="F363">
+        <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:6">
-      <c r="A364" t="s">
-        <v>63</v>
+      <c r="A364" s="1" t="s">
+        <v>281</v>
       </c>
       <c r="B364">
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="C364">
+        <v>0</v>
+      </c>
+      <c r="D364">
+        <v>0</v>
+      </c>
+      <c r="E364">
+        <v>0</v>
+      </c>
+      <c r="F364">
+        <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:6">
-      <c r="A365" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="A365" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="B366">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C366">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="D366">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E366">
+        <v>0</v>
       </c>
       <c r="F366">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:6">
-      <c r="A367" t="s">
-        <v>9</v>
+      <c r="A367" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B367">
+        <v>2</v>
+      </c>
+      <c r="C367">
+        <v>0</v>
+      </c>
+      <c r="D367">
+        <v>0</v>
+      </c>
+      <c r="E367">
+        <v>2</v>
+      </c>
+      <c r="F367">
+        <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:6">
-      <c r="A368" t="s">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="A368" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="B369">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C369">
         <v>0</v>
       </c>
       <c r="D369">
         <v>0</v>
       </c>
-      <c r="E369" t="s">
-        <v>8</v>
+      <c r="E369">
+        <v>2</v>
       </c>
       <c r="F369">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:6">
-      <c r="A370" t="s">
-        <v>9</v>
+      <c r="A370" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B370">
+        <v>7</v>
+      </c>
+      <c r="C370" t="s">
+        <v>61</v>
+      </c>
+      <c r="D370">
+        <v>0</v>
+      </c>
+      <c r="E370">
+        <v>0</v>
+      </c>
+      <c r="F370">
+        <v>2</v>
       </c>
     </row>
     <row r="371" spans="1:6">
-      <c r="A371" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="A371" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>107</v>
+        <v>71</v>
       </c>
       <c r="B372">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="C372" t="s">
+        <v>62</v>
       </c>
       <c r="D372">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E372">
+        <v>0</v>
       </c>
       <c r="F372">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B373">
         <v>14</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>9</v>
+      <c r="C373" t="s">
+        <v>285</v>
+      </c>
+      <c r="D373" t="s">
+        <v>285</v>
+      </c>
+      <c r="E373">
+        <v>0</v>
+      </c>
+      <c r="F373">
+        <v>2</v>
       </c>
     </row>
     <row r="374" spans="1:6">
-      <c r="A374" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="A374" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B375">
-        <v>2</v>
+        <v>12</v>
+      </c>
+      <c r="C375" t="s">
+        <v>264</v>
+      </c>
+      <c r="D375" t="s">
+        <v>264</v>
+      </c>
+      <c r="E375">
+        <v>0</v>
+      </c>
+      <c r="F375">
+        <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>108</v>
+        <v>209</v>
       </c>
       <c r="B376">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>1</v>
+      </c>
+      <c r="C376" t="s">
+        <v>50</v>
+      </c>
+      <c r="D376" t="s">
+        <v>50</v>
+      </c>
+      <c r="E376">
+        <v>0</v>
       </c>
       <c r="F376">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:6">
-      <c r="A377" t="s">
-        <v>9</v>
+      <c r="A377" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B377">
+        <v>27</v>
+      </c>
+      <c r="C377" t="s">
+        <v>287</v>
+      </c>
+      <c r="D377" t="s">
+        <v>287</v>
+      </c>
+      <c r="E377">
+        <v>12</v>
+      </c>
+      <c r="F377">
+        <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:6">
-      <c r="A378" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="A378" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B379">
-        <v>1</v>
+        <v>19</v>
+      </c>
+      <c r="C379" t="s">
+        <v>288</v>
+      </c>
+      <c r="D379" t="s">
+        <v>288</v>
+      </c>
+      <c r="E379">
+        <v>12</v>
+      </c>
+      <c r="F379">
+        <v>7</v>
       </c>
     </row>
     <row r="380" spans="1:6">
-      <c r="A380" t="s">
-        <v>109</v>
+      <c r="A380" s="1" t="s">
+        <v>289</v>
       </c>
       <c r="B380">
-        <v>37</v>
+        <v>5</v>
       </c>
       <c r="C380">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D380">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="E380">
+        <v>1</v>
       </c>
       <c r="F380">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:6">
-      <c r="A381" t="s">
+      <c r="A381" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B382">
-        <v>35</v>
+        <v>5</v>
+      </c>
+      <c r="C382">
+        <v>0</v>
+      </c>
+      <c r="D382">
+        <v>0</v>
+      </c>
+      <c r="E382">
+        <v>1</v>
+      </c>
+      <c r="F382">
+        <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:6">
-      <c r="A383" t="s">
-        <v>63</v>
+      <c r="A383" s="1" t="s">
+        <v>290</v>
       </c>
       <c r="B383">
-        <v>2</v>
+        <v>40</v>
+      </c>
+      <c r="C383" t="s">
+        <v>291</v>
+      </c>
+      <c r="D383" t="s">
+        <v>291</v>
+      </c>
+      <c r="E383">
+        <v>3</v>
+      </c>
+      <c r="F383">
+        <v>16</v>
       </c>
     </row>
     <row r="384" spans="1:6">
-      <c r="A384" t="s">
-[...15 lines deleted...]
-        <v>0</v>
+      <c r="A384" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>9</v>
+        <v>71</v>
+      </c>
+      <c r="B385">
+        <v>30</v>
+      </c>
+      <c r="C385" t="s">
+        <v>292</v>
+      </c>
+      <c r="D385" t="s">
+        <v>292</v>
+      </c>
+      <c r="E385">
+        <v>3</v>
+      </c>
+      <c r="F385">
+        <v>8</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>11</v>
+        <v>209</v>
       </c>
       <c r="B386">
         <v>2</v>
       </c>
+      <c r="C386">
+        <v>0</v>
+      </c>
+      <c r="D386">
+        <v>0</v>
+      </c>
+      <c r="E386">
+        <v>0</v>
+      </c>
+      <c r="F386">
+        <v>0</v>
+      </c>
     </row>
     <row r="387" spans="1:6">
-      <c r="A387" t="s">
+      <c r="A387" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B387">
+        <v>6</v>
+      </c>
+      <c r="C387">
+        <v>0</v>
+      </c>
+      <c r="D387">
+        <v>0</v>
+      </c>
+      <c r="E387">
+        <v>0</v>
+      </c>
+      <c r="F387">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6">
+      <c r="A388" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6">
+      <c r="A389" t="s">
+        <v>71</v>
+      </c>
+      <c r="B389">
+        <v>5</v>
+      </c>
+      <c r="C389">
+        <v>0</v>
+      </c>
+      <c r="D389">
+        <v>0</v>
+      </c>
+      <c r="E389">
+        <v>0</v>
+      </c>
+      <c r="F389">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6">
+      <c r="A390" t="s">
+        <v>209</v>
+      </c>
+      <c r="B390">
+        <v>1</v>
+      </c>
+      <c r="C390">
+        <v>0</v>
+      </c>
+      <c r="D390">
+        <v>0</v>
+      </c>
+      <c r="E390">
+        <v>0</v>
+      </c>
+      <c r="F390">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6">
+      <c r="A391" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B391">
+        <v>41</v>
+      </c>
+      <c r="C391" t="s">
+        <v>295</v>
+      </c>
+      <c r="D391" t="s">
+        <v>295</v>
+      </c>
+      <c r="E391">
+        <v>2</v>
+      </c>
+      <c r="F391">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6">
+      <c r="A392" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="A393" t="s">
+        <v>71</v>
+      </c>
+      <c r="B393">
+        <v>36</v>
+      </c>
+      <c r="C393" t="s">
+        <v>296</v>
+      </c>
+      <c r="D393" t="s">
+        <v>296</v>
+      </c>
+      <c r="E393">
+        <v>2</v>
+      </c>
+      <c r="F393">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6">
+      <c r="A394" t="s">
+        <v>209</v>
+      </c>
+      <c r="B394">
+        <v>2</v>
+      </c>
+      <c r="C394">
+        <v>0</v>
+      </c>
+      <c r="D394">
+        <v>0</v>
+      </c>
+      <c r="E394">
+        <v>0</v>
+      </c>
+      <c r="F394">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6">
+      <c r="A395" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B395">
         <v>13</v>
       </c>
-      <c r="B387">
-[...7 lines deleted...]
-      <c r="B388">
+      <c r="C395" t="s">
+        <v>298</v>
+      </c>
+      <c r="D395" t="s">
+        <v>298</v>
+      </c>
+      <c r="E395">
+        <v>0</v>
+      </c>
+      <c r="F395">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6">
+      <c r="A396" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6">
+      <c r="A397" t="s">
+        <v>10</v>
+      </c>
+      <c r="B397">
+        <v>2</v>
+      </c>
+      <c r="C397" t="s">
+        <v>299</v>
+      </c>
+      <c r="D397" t="s">
+        <v>299</v>
+      </c>
+      <c r="E397">
+        <v>0</v>
+      </c>
+      <c r="F397">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6">
+      <c r="A398" t="s">
+        <v>12</v>
+      </c>
+      <c r="B398">
+        <v>3</v>
+      </c>
+      <c r="C398" t="s">
+        <v>300</v>
+      </c>
+      <c r="D398" t="s">
+        <v>300</v>
+      </c>
+      <c r="E398">
+        <v>0</v>
+      </c>
+      <c r="F398">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="A399" t="s">
+        <v>18</v>
+      </c>
+      <c r="B399">
         <v>6</v>
+      </c>
+      <c r="C399" t="s">
+        <v>301</v>
+      </c>
+      <c r="D399" t="s">
+        <v>301</v>
+      </c>
+      <c r="E399">
+        <v>0</v>
+      </c>
+      <c r="F399">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A4:F4"/>
-    <mergeCell ref="B5:F5"/>
-[...219 lines deleted...]
-    <mergeCell ref="B285:F285"/>
+    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A20:F20"/>
+    <mergeCell ref="A26:F26"/>
+    <mergeCell ref="A31:F31"/>
+    <mergeCell ref="A36:F36"/>
+    <mergeCell ref="A41:F41"/>
+    <mergeCell ref="A47:F47"/>
+    <mergeCell ref="A51:F51"/>
+    <mergeCell ref="A55:F55"/>
+    <mergeCell ref="A62:F62"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A74:F74"/>
+    <mergeCell ref="A80:F80"/>
+    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A90:F90"/>
+    <mergeCell ref="A95:F95"/>
+    <mergeCell ref="A101:F101"/>
+    <mergeCell ref="A106:F106"/>
+    <mergeCell ref="A112:F112"/>
+    <mergeCell ref="A118:F118"/>
+    <mergeCell ref="A124:F124"/>
+    <mergeCell ref="A130:F130"/>
+    <mergeCell ref="A136:F136"/>
+    <mergeCell ref="A142:F142"/>
+    <mergeCell ref="A148:F148"/>
+    <mergeCell ref="A154:F154"/>
+    <mergeCell ref="A160:F160"/>
+    <mergeCell ref="A166:F166"/>
+    <mergeCell ref="A172:F172"/>
+    <mergeCell ref="A178:F178"/>
+    <mergeCell ref="A184:F184"/>
+    <mergeCell ref="A190:F190"/>
+    <mergeCell ref="A195:F195"/>
+    <mergeCell ref="A201:F201"/>
+    <mergeCell ref="A204:F204"/>
+    <mergeCell ref="A207:F207"/>
+    <mergeCell ref="A210:F210"/>
+    <mergeCell ref="A214:F214"/>
+    <mergeCell ref="A217:F217"/>
+    <mergeCell ref="A221:F221"/>
+    <mergeCell ref="A224:F224"/>
+    <mergeCell ref="A227:F227"/>
+    <mergeCell ref="A231:F231"/>
+    <mergeCell ref="A234:F234"/>
+    <mergeCell ref="A238:F238"/>
+    <mergeCell ref="A242:F242"/>
+    <mergeCell ref="A246:F246"/>
+    <mergeCell ref="A249:F249"/>
+    <mergeCell ref="A253:F253"/>
+    <mergeCell ref="A257:F257"/>
+    <mergeCell ref="A261:F261"/>
+    <mergeCell ref="A264:F264"/>
+    <mergeCell ref="A267:F267"/>
+    <mergeCell ref="A271:F271"/>
+    <mergeCell ref="A275:F275"/>
+    <mergeCell ref="A278:F278"/>
+    <mergeCell ref="A281:F281"/>
+    <mergeCell ref="A284:F284"/>
     <mergeCell ref="A287:F287"/>
-    <mergeCell ref="B288:F288"/>
-    <mergeCell ref="B289:F289"/>
     <mergeCell ref="A291:F291"/>
-    <mergeCell ref="B292:F292"/>
-[...14 lines deleted...]
-    <mergeCell ref="B313:F313"/>
+    <mergeCell ref="A295:F295"/>
+    <mergeCell ref="A299:F299"/>
+    <mergeCell ref="A302:F302"/>
+    <mergeCell ref="A306:F306"/>
+    <mergeCell ref="A309:F309"/>
+    <mergeCell ref="A312:F312"/>
     <mergeCell ref="A315:F315"/>
-    <mergeCell ref="B316:F316"/>
-[...17 lines deleted...]
-    <mergeCell ref="B341:F341"/>
+    <mergeCell ref="A319:F319"/>
+    <mergeCell ref="A323:F323"/>
+    <mergeCell ref="A326:F326"/>
+    <mergeCell ref="A330:F330"/>
+    <mergeCell ref="A333:F333"/>
+    <mergeCell ref="A336:F336"/>
+    <mergeCell ref="A340:F340"/>
     <mergeCell ref="A343:F343"/>
-    <mergeCell ref="B344:F344"/>
-    <mergeCell ref="B345:F345"/>
     <mergeCell ref="A347:F347"/>
-    <mergeCell ref="B348:F348"/>
-[...21 lines deleted...]
-    <mergeCell ref="B379:F379"/>
+    <mergeCell ref="A351:F351"/>
+    <mergeCell ref="A355:F355"/>
+    <mergeCell ref="A358:F358"/>
+    <mergeCell ref="A361:F361"/>
+    <mergeCell ref="A365:F365"/>
+    <mergeCell ref="A368:F368"/>
+    <mergeCell ref="A371:F371"/>
+    <mergeCell ref="A374:F374"/>
+    <mergeCell ref="A378:F378"/>
     <mergeCell ref="A381:F381"/>
-    <mergeCell ref="B382:F382"/>
-[...4 lines deleted...]
-    <mergeCell ref="B388:F388"/>
+    <mergeCell ref="A384:F384"/>
+    <mergeCell ref="A388:F388"/>
+    <mergeCell ref="A392:F392"/>
+    <mergeCell ref="A396:F396"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>