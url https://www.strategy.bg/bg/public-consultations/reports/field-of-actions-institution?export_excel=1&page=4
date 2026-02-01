--- v0 (2025-12-01)
+++ v1 (2026-02-01)
@@ -693,491 +693,491 @@
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>1145</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>320</v>
+        <v>335</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
-        <v>538</v>
+        <v>557</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>714</v>
+        <v>720</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>154</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
         <v>96</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>1083</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
-        <v>292</v>
+        <v>298</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
-        <v>467</v>
+        <v>471</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>574</v>
+        <v>581</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
         <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
         <v>12</v>
       </c>
@@ -1189,83 +1189,83 @@
       <c r="B63">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
         <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
         <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
         <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
         <v>32</v>
       </c>
@@ -1285,155 +1285,155 @@
       <c r="B75">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>76</v>
       </c>
       <c r="B76">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>77</v>
       </c>
       <c r="B77">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>79</v>
       </c>
       <c r="B79">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>80</v>
       </c>
       <c r="B80">
         <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
         <v>81</v>
       </c>
       <c r="B81">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83" t="s">
         <v>83</v>
       </c>
       <c r="B83">
         <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84" t="s">
         <v>84</v>
       </c>
       <c r="B84">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85" t="s">
         <v>85</v>
       </c>
       <c r="B85">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
         <v>86</v>
       </c>
       <c r="B86">
         <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
         <v>87</v>
       </c>
       <c r="B87">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
         <v>88</v>
       </c>
       <c r="B88">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>89</v>
       </c>
       <c r="B89">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
         <v>90</v>
       </c>
       <c r="B90">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>91</v>
       </c>
       <c r="B91">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>92</v>
       </c>
       <c r="B92">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>