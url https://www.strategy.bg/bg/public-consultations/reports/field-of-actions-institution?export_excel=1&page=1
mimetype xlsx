--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>СПРАВКА "ОБЩЕСТВЕНИ КОНСУЛТАЦИИ" - ОБЛАСТ НА ПОЛИТИКИ (ИНСТИТУЦИИ)</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Обществени консултации</t>
   </si>
   <si>
     <t>Агенция за публичните предприятия и контрол</t>
   </si>
   <si>
     <t>Агенция за ядрено регулиране</t>
   </si>
   <si>
     <t>Държавна агенция "Архиви"</t>
   </si>
   <si>
     <t>Държавна агенция "Безопасност на движението по пътищата"</t>
   </si>
   <si>
     <t>Държавна агенция "Държавен резерв и военновременни запаси"</t>
   </si>
   <si>
@@ -143,102 +143,195 @@
   <si>
     <t>Министерство на регионалното развитие и благоустройството</t>
   </si>
   <si>
     <t>Министерство на транспорта и съобщенията</t>
   </si>
   <si>
     <t>Министерство на труда и социалната политика</t>
   </si>
   <si>
     <t>Министерство на туризма</t>
   </si>
   <si>
     <t>Министерство на финансите</t>
   </si>
   <si>
     <t>Национален статистически институт</t>
   </si>
   <si>
     <t>Национален съвет по цени и реимбурсиране на лекарствените продукти</t>
   </si>
   <si>
     <t>Национална служба за охрана</t>
   </si>
   <si>
+    <t>Областна администрация - Търговище</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Аврен</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Айтос</t>
+  </si>
+  <si>
     <t>Общинска администрация - Аксаково</t>
   </si>
   <si>
+    <t>Общинска администрация - Батак</t>
+  </si>
+  <si>
     <t>Общинска администрация - Белене</t>
   </si>
   <si>
+    <t>Общинска администрация - Белослав</t>
+  </si>
+  <si>
     <t>Общинска администрация - Бургас</t>
   </si>
   <si>
+    <t>Общинска администрация - Варна</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Велинград</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Ветрино</t>
+  </si>
+  <si>
     <t>Общинска администрация - Вълчи дол</t>
   </si>
   <si>
     <t>Общинска администрация - Две могили</t>
   </si>
   <si>
+    <t>Общинска администрация - Девин</t>
+  </si>
+  <si>
     <t>Общинска администрация - Долни чифлик</t>
   </si>
   <si>
     <t>Общинска администрация - Дългопол</t>
   </si>
   <si>
+    <t>Общинска администрация - Иваново</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Кайнарджа</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Камено</t>
+  </si>
+  <si>
     <t>Общинска администрация - Карнобат</t>
   </si>
   <si>
     <t>Общинска администрация - Кнежа</t>
   </si>
   <si>
+    <t>Общинска администрация - Козлодуй</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Кричим</t>
+  </si>
+  <si>
     <t>Общинска администрация - Куклен</t>
   </si>
   <si>
+    <t>Общинска администрация - Ловеч</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Лом</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Мадан</t>
+  </si>
+  <si>
     <t>Общинска администрация - Несебър</t>
   </si>
   <si>
     <t>Общинска администрация - Николаево</t>
   </si>
   <si>
+    <t>Общинска администрация - Никопол</t>
+  </si>
+  <si>
     <t>Общинска администрация - Нова Загора</t>
   </si>
   <si>
+    <t>Общинска администрация - Ново село</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Омуртаг</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Перущица</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Приморско</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Провадия</t>
+  </si>
+  <si>
     <t>Общинска администрация - Раднево</t>
   </si>
   <si>
     <t>Общинска администрация - Разлог</t>
   </si>
   <si>
+    <t>Общинска администрация - Ракитово</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Симитли</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Смолян</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Сопот</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Суворово</t>
+  </si>
+  <si>
     <t>Общинска администрация - Сунгурларе</t>
   </si>
   <si>
     <t>Общинска администрация - Съединение</t>
   </si>
   <si>
+    <t>Общинска администрация - Тервел</t>
+  </si>
+  <si>
     <t>Общинска администрация - Търговище</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Шабла</t>
+  </si>
+  <si>
+    <t>Общинска администрация - Ямбол</t>
   </si>
   <si>
     <t>Патентно ведомство</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -561,51 +654,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B61"/>
+  <dimension ref="A1:B92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
@@ -616,490 +709,738 @@
       <c r="B3">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>1490</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>311</v>
+        <v>326</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
-        <v>525</v>
+        <v>549</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>708</v>
+        <v>718</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>1079</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
-        <v>302</v>
+        <v>308</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
-        <v>289</v>
+        <v>294</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
-        <v>461</v>
+        <v>469</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>569</v>
+        <v>577</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
-        <v>2</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
-        <v>1</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
-        <v>3</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>1</v>
+        <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
-        <v>1</v>
+        <v>43</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
-        <v>2</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
-        <v>2</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2">
+      <c r="A62" t="s">
+        <v>62</v>
+      </c>
+      <c r="B62">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2">
+      <c r="A63" t="s">
+        <v>63</v>
+      </c>
+      <c r="B63">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2">
+      <c r="A64" t="s">
+        <v>64</v>
+      </c>
+      <c r="B64">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2">
+      <c r="A65" t="s">
+        <v>65</v>
+      </c>
+      <c r="B65">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2">
+      <c r="A66" t="s">
+        <v>66</v>
+      </c>
+      <c r="B66">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2">
+      <c r="A67" t="s">
+        <v>67</v>
+      </c>
+      <c r="B67">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2">
+      <c r="A68" t="s">
+        <v>68</v>
+      </c>
+      <c r="B68">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2">
+      <c r="A69" t="s">
+        <v>69</v>
+      </c>
+      <c r="B69">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2">
+      <c r="A70" t="s">
+        <v>70</v>
+      </c>
+      <c r="B70">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2">
+      <c r="A71" t="s">
+        <v>71</v>
+      </c>
+      <c r="B71">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2">
+      <c r="A72" t="s">
+        <v>72</v>
+      </c>
+      <c r="B72">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2">
+      <c r="A73" t="s">
+        <v>73</v>
+      </c>
+      <c r="B73">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2">
+      <c r="A74" t="s">
+        <v>74</v>
+      </c>
+      <c r="B74">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2">
+      <c r="A75" t="s">
+        <v>75</v>
+      </c>
+      <c r="B75">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2">
+      <c r="A76" t="s">
+        <v>76</v>
+      </c>
+      <c r="B76">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2">
+      <c r="A77" t="s">
+        <v>77</v>
+      </c>
+      <c r="B77">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2">
+      <c r="A78" t="s">
+        <v>78</v>
+      </c>
+      <c r="B78">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2">
+      <c r="A79" t="s">
+        <v>79</v>
+      </c>
+      <c r="B79">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2">
+      <c r="A80" t="s">
+        <v>80</v>
+      </c>
+      <c r="B80">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2">
+      <c r="A81" t="s">
+        <v>81</v>
+      </c>
+      <c r="B81">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2">
+      <c r="A82" t="s">
+        <v>82</v>
+      </c>
+      <c r="B82">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2">
+      <c r="A83" t="s">
+        <v>83</v>
+      </c>
+      <c r="B83">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2">
+      <c r="A84" t="s">
+        <v>84</v>
+      </c>
+      <c r="B84">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2">
+      <c r="A85" t="s">
+        <v>85</v>
+      </c>
+      <c r="B85">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2">
+      <c r="A86" t="s">
+        <v>86</v>
+      </c>
+      <c r="B86">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2">
+      <c r="A87" t="s">
+        <v>87</v>
+      </c>
+      <c r="B87">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2">
+      <c r="A88" t="s">
+        <v>88</v>
+      </c>
+      <c r="B88">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2">
+      <c r="A89" t="s">
+        <v>89</v>
+      </c>
+      <c r="B89">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2">
+      <c r="A90" t="s">
+        <v>90</v>
+      </c>
+      <c r="B90">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2">
+      <c r="A91" t="s">
+        <v>91</v>
+      </c>
+      <c r="B91">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2">
+      <c r="A92" t="s">
+        <v>92</v>
+      </c>
+      <c r="B92">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>