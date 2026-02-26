--- v1 (2025-12-23)
+++ v2 (2026-02-26)
@@ -685,587 +685,587 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>1145</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>326</v>
+        <v>335</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
-        <v>549</v>
+        <v>557</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>718</v>
+        <v>726</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
         <v>285</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
         <v>96</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>1088</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
-        <v>308</v>
+        <v>313</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
-        <v>469</v>
+        <v>474</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>577</v>
+        <v>584</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
         <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
         <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
         <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
         <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
         <v>32</v>
       </c>
@@ -1285,59 +1285,59 @@
       <c r="B75">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>76</v>
       </c>
       <c r="B76">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>77</v>
       </c>
       <c r="B77">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>79</v>
       </c>
       <c r="B79">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>80</v>
       </c>
       <c r="B80">
         <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
         <v>81</v>
       </c>
       <c r="B81">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82">
         <v>8</v>
       </c>
@@ -1365,75 +1365,75 @@
       <c r="B85">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
         <v>86</v>
       </c>
       <c r="B86">
         <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
         <v>87</v>
       </c>
       <c r="B87">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
         <v>88</v>
       </c>
       <c r="B88">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>89</v>
       </c>
       <c r="B89">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
         <v>90</v>
       </c>
       <c r="B90">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>91</v>
       </c>
       <c r="B91">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>92</v>
       </c>
       <c r="B92">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>