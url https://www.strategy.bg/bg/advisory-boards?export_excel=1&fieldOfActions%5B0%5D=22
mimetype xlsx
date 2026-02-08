--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
@@ -110,63 +110,72 @@
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Национален съвет по миграция, граници, убежище и интеграция</t>
   </si>
   <si>
     <t>Национален съвет по превенция на престъпността</t>
   </si>
   <si>
     <t>Заместник министър-председател</t>
   </si>
   <si>
     <t>Съвет за координация в борбата с правонарушенията, засягащи финансовите интереси на Eвропейския съюз (АФКОС)</t>
   </si>
   <si>
     <t>Съвет за координация и сътрудничество</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>[{"id":83,"advisory_board_id":2121,"next_meeting":"2024-10-22 00:00:00","created_at":"2024-10-09T12:52:38.000000Z","updated_at":"2024-10-09T12:52:38.000000Z","deleted_at":null,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","translations":[{"id":492,"locale":"bg","advisory_board_meeting_id":83,"description":"\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435","deleted_at":null},{"id":493,"locale":"en","advisory_board_meeting_id":83,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":84,"advisory_board_id":2121,"next_meeting":"2024-10-11 00:00:00","created_at":"2024-10-10T08:15:48.000000Z","updated_at":"2024-10-10T08:15:48.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","translations":[{"id":494,"locale":"bg","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;\/p&gt;","deleted_at":null},{"id":495,"locale":"en","advisory_board_meeting_id":84,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u041a\u0421 - \u0438\u0437\u0432\u044a\u043d\u0440\u0435\u0434\u043d\u043e&amp;nbsp;&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":85,"advisory_board_id":2121,"next_meeting":"2024-12-11 00:00:00","created_at":"2024-10-10T08:17:15.000000Z","updated_at":"2024-10-10T08:17:15.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","translations":[{"id":496,"locale":"bg","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;\/p&gt;","deleted_at":null},{"id":497,"locale":"en","advisory_board_meeting_id":85,"description":"&lt;p&gt;\u0420\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0433\u043e\u0434\u0438\u0448\u043d\u0430 \u043f\u0440\u043e\u0433\u0440\u0430\u043c\u0430&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":86,"advisory_board_id":2121,"next_meeting":"2024-06-18 00:00:00","created_at":"2024-10-10T08:17:55.000000Z","updated_at":"2024-10-10T08:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","translations":[{"id":498,"locale":"bg","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;\/p&gt;","deleted_at":null},{"id":499,"locale":"en","advisory_board_meeting_id":86,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u044e\u043d\u0438&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":87,"advisory_board_id":2121,"next_meeting":"2023-03-20 00:00:00","created_at":"2024-10-10T08:19:32.000000Z","updated_at":"2024-10-10T08:19:32.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":500,"locale":"bg","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":501,"locale":"en","advisory_board_meeting_id":87,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":88,"advisory_board_id":2121,"next_meeting":"2022-01-19 00:00:00","created_at":"2024-10-10T08:20:35.000000Z","updated_at":"2024-10-10T08:20:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","translations":[{"id":502,"locale":"bg","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;\/p&gt;","deleted_at":null},{"id":503,"locale":"en","advisory_board_meeting_id":88,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 - \u0430\u0440\u0445\u0438\u0432&lt;br&gt;&lt;\/p&gt;","deleted_at":null}]},{"id":89,"advisory_board_id":2121,"next_meeting":"2024-11-06 00:00:00","created_at":"2024-11-05T09:17:55.000000Z","updated_at":"2024-11-05T09:17:55.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","translations":[{"id":504,"locale":"bg","advisory_board_meeting_id":89,"description":"&lt;p&gt;\u0422\u0435\u0441\u0442&lt;\/p&gt;","deleted_at":null},{"id":505,"locale":"en","advisory_board_meeting_id":89,"description":"&lt;p&gt;Test&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
+    <t>Съвет за криминологични изследвания</t>
+  </si>
+  <si>
+    <t>[{"id":154,"advisory_board_id":2133,"next_meeting":"2023-02-24 00:00:00","created_at":"2026-01-14T16:56:49.000000Z","updated_at":"2026-01-14T16:56:49.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 3, 24 \u0444\u0435\u0432\u0440\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","translations":[{"id":632,"locale":"bg","advisory_board_meeting_id":154,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 3, 24 \u0444\u0435\u0432\u0440\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":633,"locale":"en","advisory_board_meeting_id":154,"description":"&lt;p&gt;Meeting \u2116 3, 24 February 2023&lt;\/p&gt;","deleted_at":null}]},{"id":153,"advisory_board_id":2133,"next_meeting":"2023-01-09 00:00:00","created_at":"2026-01-14T16:44:38.000000Z","updated_at":"2026-01-14T16:57:20.000000Z","deleted_at":null,"description":"&lt;p&gt;&amp;nbsp;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 2, 9 \u044f\u043d\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","translations":[{"id":630,"locale":"bg","advisory_board_meeting_id":153,"description":"&lt;p&gt;&amp;nbsp;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 2, 9 \u044f\u043d\u0443\u0430\u0440\u0438 2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":631,"locale":"en","advisory_board_meeting_id":153,"description":"&lt;p&gt;Meeting \u21161, 9 January 2023&lt;\/p&gt;","deleted_at":null}]},{"id":144,"advisory_board_id":2133,"next_meeting":"2022-11-28 00:00:00","created_at":"2025-12-12T15:40:36.000000Z","updated_at":"2026-01-14T16:58:16.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 1, 22 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2022 \u0433.&lt;\/p&gt;","translations":[{"id":612,"locale":"bg","advisory_board_meeting_id":144,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u2116 1, 22 \u043d\u043e\u0435\u043c\u0432\u0440\u0438 2022 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":613,"locale":"en","advisory_board_meeting_id":144,"description":"&lt;p&gt;Meeting \u21161, 22 November 2022&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
     <t>Съвет за прилагане на Националния координационен механизъм за върховенство на правото</t>
   </si>
   <si>
     <t>[{"id":132,"advisory_board_id":2141,"next_meeting":"2022-09-19 00:00:00","created_at":"2025-12-02T08:34:41.000000Z","updated_at":"2025-12-02T10:21:33.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":588,"locale":"bg","advisory_board_meeting_id":132,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":589,"locale":"en","advisory_board_meeting_id":132,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":134,"advisory_board_id":2141,"next_meeting":"2022-12-05 00:00:00","created_at":"2025-12-03T08:25:03.000000Z","updated_at":"2025-12-03T08:25:03.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":592,"locale":"bg","advisory_board_meeting_id":134,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":593,"locale":"en","advisory_board_meeting_id":134,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":135,"advisory_board_id":2141,"next_meeting":"2023-06-26 00:00:00","created_at":"2025-12-03T09:16:39.000000Z","updated_at":"2025-12-03T09:16:39.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":594,"locale":"bg","advisory_board_meeting_id":135,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":595,"locale":"en","advisory_board_meeting_id":135,"description":"&lt;p&gt;Session of the Council for the Implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":142,"advisory_board_id":2141,"next_meeting":"2023-09-18 00:00:00","created_at":"2025-12-12T10:00:14.000000Z","updated_at":"2025-12-12T10:00:14.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":608,"locale":"bg","advisory_board_meeting_id":142,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":609,"locale":"en","advisory_board_meeting_id":142,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]},{"id":143,"advisory_board_id":2141,"next_meeting":"2024-02-19 00:00:00","created_at":"2025-12-12T10:11:52.000000Z","updated_at":"2025-12-12T10:11:52.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","translations":[{"id":610,"locale":"bg","advisory_board_meeting_id":143,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u0421\u044a\u0432\u0435\u0442\u0430 \u0437\u0430 \u043f\u0440\u0438\u043b\u0430\u0433\u0430\u043d\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u043a\u043e\u043e\u0440\u0434\u0438\u043d\u0430\u0446\u0438\u043e\u043d\u0435\u043d \u043c\u0435\u0445\u0430\u043d\u0438\u0437\u044a\u043c \u0437\u0430 \u0432\u044a\u0440\u0445\u043e\u0432\u0435\u043d\u0441\u0442\u0432\u043e \u043d\u0430 \u043f\u0440\u0430\u0432\u043e\u0442\u043e&lt;\/p&gt;","deleted_at":null},{"id":611,"locale":"en","advisory_board_meeting_id":143,"description":"&lt;p&gt;Session of the Council for the implementation of the National Coordination Mechanism for the Rule of Law&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Съвет по гражданството</t>
   </si>
   <si>
     <t>Заместник-министър</t>
   </si>
   <si>
     <t>Съвет по международно осиновяване</t>
+  </si>
+  <si>
+    <t>Министерството на правосъдието</t>
   </si>
   <si>
     <t>Национален съвет по миграционна политика</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
   <si>
     <t>Съвет по прилагане на Актуализираната стратегия за продължаване на реформата в съдебната система</t>
   </si>
   <si>
     <t>[{"id":3402,"advisory_board_id":1702,"next_meeting":"2018-07-11 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":229,"locale":"bg","advisory_board_meeting_id":3402,"description":"","deleted_at":null},{"id":230,"locale":"en","advisory_board_meeting_id":3402,"description":"","deleted_at":null}]},{"id":3403,"advisory_board_id":1702,"next_meeting":"2018-03-14 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":231,"locale":"bg","advisory_board_meeting_id":3403,"description":"","deleted_at":null},{"id":232,"locale":"en","advisory_board_meeting_id":3403,"description":"","deleted_at":null}]},{"id":3404,"advisory_board_id":1702,"next_meeting":"2017-12-19 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":235,"locale":"bg","advisory_board_meeting_id":3404,"description":"","deleted_at":null},{"id":236,"locale":"en","advisory_board_meeting_id":3404,"description":"","deleted_at":null}]},{"id":3405,"advisory_board_id":1702,"next_meeting":"2017-11-21 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":237,"locale":"bg","advisory_board_meeting_id":3405,"description":"","deleted_at":null},{"id":238,"locale":"en","advisory_board_meeting_id":3405,"description":"","deleted_at":null}]},{"id":3406,"advisory_board_id":1702,"next_meeting":"2017-10-20 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":239,"locale":"bg","advisory_board_meeting_id":3406,"description":"","deleted_at":null},{"id":240,"locale":"en","advisory_board_meeting_id":3406,"description":"","deleted_at":null}]},{"id":3408,"advisory_board_id":1702,"next_meeting":"2017-07-24 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":241,"locale":"bg","advisory_board_meeting_id":3408,"description":"","deleted_at":null},{"id":242,"locale":"en","advisory_board_meeting_id":3408,"description":"","deleted_at":null}]},{"id":3409,"advisory_board_id":1702,"next_meeting":"2016-11-24 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":243,"locale":"bg","advisory_board_meeting_id":3409,"description":"","deleted_at":null},{"id":244,"locale":"en","advisory_board_meeting_id":3409,"description":"","deleted_at":null}]},{"id":3410,"advisory_board_id":1702,"next_meeting":"2016-09-19 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":245,"locale":"bg","advisory_board_meeting_id":3410,"description":"","deleted_at":null},{"id":246,"locale":"en","advisory_board_meeting_id":3410,"description":"","deleted_at":null}]},{"id":3411,"advisory_board_id":1702,"next_meeting":"2016-05-16 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":247,"locale":"bg","advisory_board_meeting_id":3411,"description":"","deleted_at":null},{"id":248,"locale":"en","advisory_board_meeting_id":3411,"description":"","deleted_at":null}]},{"id":3412,"advisory_board_id":1702,"next_meeting":"2016-03-29 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":249,"locale":"bg","advisory_board_meeting_id":3412,"description":"","deleted_at":null},{"id":250,"locale":"en","advisory_board_meeting_id":3412,"description":"","deleted_at":null}]},{"id":3413,"advisory_board_id":1702,"next_meeting":"2016-02-22 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":253,"locale":"bg","advisory_board_meeting_id":3413,"description":"","deleted_at":null},{"id":254,"locale":"en","advisory_board_meeting_id":3413,"description":"","deleted_at":null}]},{"id":3414,"advisory_board_id":1702,"next_meeting":"2016-01-29 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":255,"locale":"bg","advisory_board_meeting_id":3414,"description":"","deleted_at":null},{"id":256,"locale":"en","advisory_board_meeting_id":3414,"description":"","deleted_at":null}]},{"id":3416,"advisory_board_id":1702,"next_meeting":"2016-04-07 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":257,"locale":"bg","advisory_board_meeting_id":3416,"description":"","deleted_at":null},{"id":258,"locale":"en","advisory_board_meeting_id":3416,"description":"","deleted_at":null}]},{"id":3504,"advisory_board_id":1702,"next_meeting":"2018-11-27 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":263,"locale":"bg","advisory_board_meeting_id":3504,"description":"","deleted_at":null},{"id":264,"locale":"en","advisory_board_meeting_id":3504,"description":"","deleted_at":null}]},{"id":3505,"advisory_board_id":1702,"next_meeting":"2019-02-26 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":265,"locale":"bg","advisory_board_meeting_id":3505,"description":"","deleted_at":null},{"id":266,"locale":"en","advisory_board_meeting_id":3505,"description":"","deleted_at":null}]},{"id":3507,"advisory_board_id":1702,"next_meeting":"2019-07-04 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":269,"locale":"bg","advisory_board_meeting_id":3507,"description":"","deleted_at":null},{"id":270,"locale":"en","advisory_board_meeting_id":3507,"description":"","deleted_at":null}]},{"id":3508,"advisory_board_id":1702,"next_meeting":"2019-07-30 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":271,"locale":"bg","advisory_board_meeting_id":3508,"description":"","deleted_at":null},{"id":272,"locale":"en","advisory_board_meeting_id":3508,"description":"","deleted_at":null}]}]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -500,69 +509,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1303/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/8/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/60/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1001/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1503/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1603/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1602/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/26/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/2121/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/58/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/2134/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/802/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1702/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1303/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/8/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/60/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1001/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1503/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1603/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1602/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/26/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/2121/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/2133/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/2141/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/58/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/2134/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/802/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1702/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A16" sqref="A16"/>
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9386.851" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -832,197 +841,230 @@
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11" t="s">
         <v>31</v>
       </c>
       <c r="I11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>19</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>30</v>
+      </c>
+      <c r="G12">
+        <v>4</v>
       </c>
       <c r="H12" t="s">
         <v>33</v>
       </c>
       <c r="I12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>19</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
+      </c>
+      <c r="G14">
+        <v>41</v>
       </c>
       <c r="H14" t="s">
         <v>16</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
+      </c>
+      <c r="G15">
+        <v>36</v>
       </c>
       <c r="H15" t="s">
         <v>16</v>
       </c>
       <c r="I15" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>14</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16">
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17">
         <v>0</v>
       </c>
-      <c r="H16" t="s">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="H17" t="s">
+        <v>43</v>
+      </c>
+      <c r="I17" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>