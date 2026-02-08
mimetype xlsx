--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -569,50 +569,53 @@
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
+      <c r="G4">
+        <v>2</v>
+      </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>