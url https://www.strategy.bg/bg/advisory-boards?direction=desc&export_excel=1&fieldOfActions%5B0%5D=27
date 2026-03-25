--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -47,51 +47,51 @@
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Консултативен съвет по въпросите на водния транспорт</t>
   </si>
   <si>
-    <t>Транспорт</t>
+    <t>Архив - Транспорт</t>
   </si>
   <si>
     <t>Министерски съвет</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Министър</t>
   </si>
   <si>
     <t>Не</t>
   </si>
   <si>
     <t>[{"id":902,"advisory_board_id":411,"next_meeting":"2011-07-01 00:00:00","created_at":"2023-12-19T07:41:20.000000Z","updated_at":"2023-12-19T07:41:20.000000Z","deleted_at":null,"description":"","translations":[{"id":67,"locale":"bg","advisory_board_meeting_id":902,"description":"","deleted_at":null},{"id":68,"locale":"en","advisory_board_meeting_id":902,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
   <si>
     <t>Консултативен съвет по въпросите на гражданското въздухоплаване</t>
   </si>
   <si>
     <t>Председател на държавна агенция</t>
   </si>