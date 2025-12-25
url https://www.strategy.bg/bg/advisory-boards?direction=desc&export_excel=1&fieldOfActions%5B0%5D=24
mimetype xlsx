--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -12,149 +12,155 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Национален съвет за закрила на детето</t>
   </si>
   <si>
     <t>Социална политика и заетост</t>
   </si>
   <si>
+    <t>Държавна агенция</t>
+  </si>
+  <si>
+    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
+  </si>
+  <si>
+    <t>Председател на държавна агенция</t>
+  </si>
+  <si>
+    <t>Да</t>
+  </si>
+  <si>
+    <t>[{"id":137,"advisory_board_id":31,"next_meeting":"2025-03-28 00:00:00","created_at":"2025-12-05T13:21:37.000000Z","updated_at":"2025-12-05T13:21:37.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":598,"locale":"bg","advisory_board_meeting_id":137,"description":"&lt;p&gt;\u041d\u0430 28 \u043c\u0430\u0440\u0442 2025 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 52-\u0440\u043e\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":599,"locale":"en","advisory_board_meeting_id":137,"description":"&lt;p&gt;On March 28, 2025, the 52nd regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":145,"advisory_board_id":31,"next_meeting":"2024-12-10 00:00:00","created_at":"2025-12-15T14:40:39.000000Z","updated_at":"2025-12-15T15:00:56.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":614,"locale":"bg","advisory_board_meeting_id":145,"description":"&lt;p&gt;\u041d\u0430 10 \u0434\u0435\u043a\u0435\u043c\u0432\u0440\u0438 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 51-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":615,"locale":"en","advisory_board_meeting_id":145,"description":"&lt;p&gt;On December 10, 2024, the 51st regular meeting of the National Council for Child Protection was held in Hall 5 of the Ministry of Labor and Social Policy.&lt;\/p&gt;","deleted_at":null}]},{"id":146,"advisory_board_id":31,"next_meeting":"2024-03-01 00:00:00","created_at":"2025-12-15T14:50:12.000000Z","updated_at":"2025-12-15T15:01:09.000000Z","deleted_at":null,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","translations":[{"id":616,"locale":"bg","advisory_board_meeting_id":146,"description":"&lt;p&gt;\u041d\u0430 1 \u043c\u0430\u0440\u0442 2024 \u0433. \u0432 \u0437\u0430\u043b\u0430 5 \u043d\u0430 \u041c\u0438\u043d\u0438\u0441\u0442\u0435\u0440\u0441\u0442\u0432\u043e\u0442\u043e \u043d\u0430 \u0442\u0440\u0443\u0434\u0430 \u0438 \u0441\u043e\u0446\u0438\u0430\u043b\u043d\u0430\u0442\u0430 \u043f\u043e\u043b\u0438\u0442\u0438\u043a\u0430 \u0441\u0435 \u043f\u0440\u043e\u0432\u0435\u0434\u0435 \u044e\u0431\u0438\u043b\u0435\u0439\u043d\u043e\u0442\u043e 50-\u0442\u043e \u0440\u0435\u0434\u043e\u0432\u043d\u043e \u0437\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 \u041d\u0430\u0446\u0438\u043e\u043d\u0430\u043b\u043d\u0438\u044f \u0441\u044a\u0432\u0435\u0442 \u0437\u0430 \u0437\u0430\u043a\u0440\u0438\u043b\u0430 \u043d\u0430 \u0434\u0435\u0442\u0435\u0442\u043e.&lt;\/p&gt;","deleted_at":null},{"id":617,"locale":"en","advisory_board_meeting_id":146,"description":"&lt;p&gt;On March 1, 2024, in Hall 5 of the Ministry of Labor and Social Policy, the anniversary 50th regular meeting of the National Council for Child Protection was held.&lt;\/p&gt;","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Активен</t>
+  </si>
+  <si>
+    <t>Национален съвет за насърчаване на заетостта</t>
+  </si>
+  <si>
+    <t>Министър</t>
+  </si>
+  <si>
+    <t>Закон</t>
+  </si>
+  <si>
+    <t>Заместник-министър</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>[{"id":3512,"advisory_board_id":43,"next_meeting":"2018-01-30 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":233,"locale":"bg","advisory_board_meeting_id":3512,"description":"","deleted_at":null},{"id":234,"locale":"en","advisory_board_meeting_id":3512,"description":"","deleted_at":null}]},{"id":3513,"advisory_board_id":43,"next_meeting":"2018-05-08 00:00:00","created_at":"2023-12-19T07:41:45.000000Z","updated_at":"2023-12-19T07:41:45.000000Z","deleted_at":null,"description":"","translations":[{"id":251,"locale":"bg","advisory_board_meeting_id":3513,"description":"","deleted_at":null},{"id":252,"locale":"en","advisory_board_meeting_id":3513,"description":"","deleted_at":null}]},{"id":3510,"advisory_board_id":43,"next_meeting":"2018-01-18 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":275,"locale":"bg","advisory_board_meeting_id":3510,"description":"","deleted_at":null},{"id":276,"locale":"en","advisory_board_meeting_id":3510,"description":"","deleted_at":null}]},{"id":3511,"advisory_board_id":43,"next_meeting":"2018-01-25 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":277,"locale":"bg","advisory_board_meeting_id":3511,"description":"","deleted_at":null},{"id":278,"locale":"en","advisory_board_meeting_id":3511,"description":"","deleted_at":null}]},{"id":3514,"advisory_board_id":43,"next_meeting":"2018-06-11 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":279,"locale":"bg","advisory_board_meeting_id":3514,"description":"","deleted_at":null},{"id":280,"locale":"en","advisory_board_meeting_id":3514,"description":"","deleted_at":null}]},{"id":3515,"advisory_board_id":43,"next_meeting":"2018-07-16 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":281,"locale":"bg","advisory_board_meeting_id":3515,"description":"","deleted_at":null},{"id":282,"locale":"en","advisory_board_meeting_id":3515,"description":"","deleted_at":null}]},{"id":3516,"advisory_board_id":43,"next_meeting":"2018-10-25 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":283,"locale":"bg","advisory_board_meeting_id":3516,"description":"","deleted_at":null},{"id":284,"locale":"en","advisory_board_meeting_id":3516,"description":"","deleted_at":null}]},{"id":3517,"advisory_board_id":43,"next_meeting":"2018-11-08 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":285,"locale":"bg","advisory_board_meeting_id":3517,"description":"","deleted_at":null},{"id":286,"locale":"en","advisory_board_meeting_id":3517,"description":"","deleted_at":null}]},{"id":3518,"advisory_board_id":43,"next_meeting":"2018-11-29 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":287,"locale":"bg","advisory_board_meeting_id":3518,"description":"","deleted_at":null},{"id":288,"locale":"en","advisory_board_meeting_id":3518,"description":"","deleted_at":null}]},{"id":3519,"advisory_board_id":43,"next_meeting":"2018-12-20 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":289,"locale":"bg","advisory_board_meeting_id":3519,"description":"","deleted_at":null},{"id":290,"locale":"en","advisory_board_meeting_id":3519,"description":"","deleted_at":null}]},{"id":3520,"advisory_board_id":43,"next_meeting":"2019-02-12 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":291,"locale":"bg","advisory_board_meeting_id":3520,"description":"","deleted_at":null},{"id":292,"locale":"en","advisory_board_meeting_id":3520,"description":"","deleted_at":null}]},{"id":3521,"advisory_board_id":43,"next_meeting":"2019-05-16 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":293,"locale":"bg","advisory_board_meeting_id":3521,"description":"","deleted_at":null},{"id":294,"locale":"en","advisory_board_meeting_id":3521,"description":"","deleted_at":null}]},{"id":3522,"advisory_board_id":43,"next_meeting":"2019-06-14 00:00:00","created_at":"2023-12-19T07:41:46.000000Z","updated_at":"2023-12-19T07:41:46.000000Z","deleted_at":null,"description":"","translations":[{"id":295,"locale":"bg","advisory_board_meeting_id":3522,"description":"","deleted_at":null},{"id":296,"locale":"en","advisory_board_meeting_id":3522,"description":"","deleted_at":null}]},{"id":3601,"advisory_board_id":43,"next_meeting":"2019-10-25 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":299,"locale":"bg","advisory_board_meeting_id":3601,"description":"","deleted_at":null},{"id":300,"locale":"en","advisory_board_meeting_id":3601,"description":"","deleted_at":null}]},{"id":3602,"advisory_board_id":43,"next_meeting":"2019-11-27 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":301,"locale":"bg","advisory_board_meeting_id":3602,"description":"","deleted_at":null},{"id":302,"locale":"en","advisory_board_meeting_id":3602,"description":"","deleted_at":null}]},{"id":3603,"advisory_board_id":43,"next_meeting":"2017-01-18 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":303,"locale":"bg","advisory_board_meeting_id":3603,"description":"","deleted_at":null},{"id":304,"locale":"en","advisory_board_meeting_id":3603,"description":"","deleted_at":null}]},{"id":3604,"advisory_board_id":43,"next_meeting":"2017-01-26 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":305,"locale":"bg","advisory_board_meeting_id":3604,"description":"","deleted_at":null},{"id":306,"locale":"en","advisory_board_meeting_id":3604,"description":"","deleted_at":null}]},{"id":3605,"advisory_board_id":43,"next_meeting":"2017-02-13 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":307,"locale":"bg","advisory_board_meeting_id":3605,"description":"","deleted_at":null},{"id":308,"locale":"en","advisory_board_meeting_id":3605,"description":"","deleted_at":null}]},{"id":3606,"advisory_board_id":43,"next_meeting":"2017-03-02 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":309,"locale":"bg","advisory_board_meeting_id":3606,"description":"","deleted_at":null},{"id":310,"locale":"en","advisory_board_meeting_id":3606,"description":"","deleted_at":null}]},{"id":3607,"advisory_board_id":43,"next_meeting":"2017-05-23 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":311,"locale":"bg","advisory_board_meeting_id":3607,"description":"","deleted_at":null},{"id":312,"locale":"en","advisory_board_meeting_id":3607,"description":"","deleted_at":null}]},{"id":3608,"advisory_board_id":43,"next_meeting":"2017-07-12 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":313,"locale":"bg","advisory_board_meeting_id":3608,"description":"","deleted_at":null},{"id":314,"locale":"en","advisory_board_meeting_id":3608,"description":"","deleted_at":null}]},{"id":3609,"advisory_board_id":43,"next_meeting":"2017-09-05 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":315,"locale":"bg","advisory_board_meeting_id":3609,"description":"","deleted_at":null},{"id":316,"locale":"en","advisory_board_meeting_id":3609,"description":"","deleted_at":null}]},{"id":3610,"advisory_board_id":43,"next_meeting":"2017-11-01 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":317,"locale":"bg","advisory_board_meeting_id":3610,"description":"","deleted_at":null},{"id":318,"locale":"en","advisory_board_meeting_id":3610,"description":"","deleted_at":null}]},{"id":3611,"advisory_board_id":43,"next_meeting":"2017-11-10 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":319,"locale":"bg","advisory_board_meeting_id":3611,"description":"","deleted_at":null},{"id":320,"locale":"en","advisory_board_meeting_id":3611,"description":"","deleted_at":null}]},{"id":3612,"advisory_board_id":43,"next_meeting":"2017-11-30 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":321,"locale":"bg","advisory_board_meeting_id":3612,"description":"","deleted_at":null},{"id":322,"locale":"en","advisory_board_meeting_id":3612,"description":"","deleted_at":null}]},{"id":3613,"advisory_board_id":43,"next_meeting":"2017-12-21 00:00:00","created_at":"2023-12-19T07:41:47.000000Z","updated_at":"2023-12-19T07:41:47.000000Z","deleted_at":null,"description":"","translations":[{"id":323,"locale":"bg","advisory_board_meeting_id":3613,"description":"","deleted_at":null},{"id":324,"locale":"en","advisory_board_meeting_id":3613,"description":"","deleted_at":null}]}]</t>
+  </si>
+  <si>
+    <t>Национален съвет за тристранно сътрудничество</t>
+  </si>
+  <si>
     <t>Министерски съвет</t>
   </si>
   <si>
-    <t>Закон</t>
-[...5 lines deleted...]
-    <t>Не</t>
+    <t>Заместник министър-председател</t>
   </si>
   <si>
     <t>[]</t>
   </si>
   <si>
-    <t>Активен</t>
-[...19 lines deleted...]
-  <si>
     <t>Национален съвет за хората с увреждания</t>
   </si>
   <si>
     <t>Национален съвет по въпросите на социалното включване</t>
   </si>
   <si>
     <t>Национален съвет по демографска политика</t>
   </si>
   <si>
-    <t>Национален съвет по равнопоставеността на жените и мъжете</t>
-[...1 lines deleted...]
-  <si>
     <t>Национален съвет по трудова миграция и трудова мобилност</t>
   </si>
   <si>
     <t>Национален съвет по условията на труд</t>
   </si>
   <si>
-    <t>[{"id":1501,"advisory_board_id":21,"next_meeting":"2014-02-18 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":101,"locale":"bg","advisory_board_meeting_id":1501,"description":"","deleted_at":null},{"id":102,"locale":"en","advisory_board_meeting_id":1501,"description":"","deleted_at":null}]},{"id":1502,"advisory_board_id":21,"next_meeting":"2013-02-05 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":103,"locale":"bg","advisory_board_meeting_id":1502,"description":"","deleted_at":null},{"id":104,"locale":"en","advisory_board_meeting_id":1502,"description":"","deleted_at":null}]},{"id":1503,"advisory_board_id":21,"next_meeting":"2013-04-23 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":105,"locale":"bg","advisory_board_meeting_id":1503,"description":"","deleted_at":null},{"id":106,"locale":"en","advisory_board_meeting_id":1503,"description":"","deleted_at":null}]},{"id":1504,"advisory_board_id":21,"next_meeting":"2013-10-07 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":121,"locale":"bg","advisory_board_meeting_id":1504,"description":"","deleted_at":null},{"id":122,"locale":"en","advisory_board_meeting_id":1504,"description":"","deleted_at":null}]},{"id":1505,"advisory_board_id":21,"next_meeting":"2013-10-29 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":123,"locale":"bg","advisory_board_meeting_id":1505,"description":"","deleted_at":null},{"id":124,"locale":"en","advisory_board_meeting_id":1505,"description":"","deleted_at":null}]},{"id":1506,"advisory_board_id":21,"next_meeting":"2013-12-06 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":125,"locale":"bg","advisory_board_meeting_id":1506,"description":"","deleted_at":null},{"id":126,"locale":"en","advisory_board_meeting_id":1506,"description":"","deleted_at":null}]},{"id":2001,"advisory_board_id":21,"next_meeting":"2014-04-30 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":135,"locale":"bg","advisory_board_meeting_id":2001,"description":"","deleted_at":null},{"id":136,"locale":"en","advisory_board_meeting_id":2001,"description":"","deleted_at":null}]}]</t>
+    <t>[{"id":1501,"advisory_board_id":21,"next_meeting":"2014-02-18 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":101,"locale":"bg","advisory_board_meeting_id":1501,"description":"","deleted_at":null},{"id":102,"locale":"en","advisory_board_meeting_id":1501,"description":"","deleted_at":null}]},{"id":1502,"advisory_board_id":21,"next_meeting":"2013-02-05 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":103,"locale":"bg","advisory_board_meeting_id":1502,"description":"","deleted_at":null},{"id":104,"locale":"en","advisory_board_meeting_id":1502,"description":"","deleted_at":null}]},{"id":1503,"advisory_board_id":21,"next_meeting":"2013-04-23 00:00:00","created_at":"2023-12-19T07:41:25.000000Z","updated_at":"2023-12-19T07:41:25.000000Z","deleted_at":null,"description":"","translations":[{"id":105,"locale":"bg","advisory_board_meeting_id":1503,"description":"","deleted_at":null},{"id":106,"locale":"en","advisory_board_meeting_id":1503,"description":"","deleted_at":null}]},{"id":1504,"advisory_board_id":21,"next_meeting":"2013-10-07 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":121,"locale":"bg","advisory_board_meeting_id":1504,"description":"","deleted_at":null},{"id":122,"locale":"en","advisory_board_meeting_id":1504,"description":"","deleted_at":null}]},{"id":1505,"advisory_board_id":21,"next_meeting":"2013-10-29 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":123,"locale":"bg","advisory_board_meeting_id":1505,"description":"","deleted_at":null},{"id":124,"locale":"en","advisory_board_meeting_id":1505,"description":"","deleted_at":null}]},{"id":1506,"advisory_board_id":21,"next_meeting":"2013-12-06 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":125,"locale":"bg","advisory_board_meeting_id":1506,"description":"","deleted_at":null},{"id":126,"locale":"en","advisory_board_meeting_id":1506,"description":"","deleted_at":null}]},{"id":2001,"advisory_board_id":21,"next_meeting":"2014-04-30 00:00:00","created_at":"2023-12-19T07:41:26.000000Z","updated_at":"2023-12-19T07:41:26.000000Z","deleted_at":null,"description":"","translations":[{"id":135,"locale":"bg","advisory_board_meeting_id":2001,"description":"","deleted_at":null},{"id":136,"locale":"en","advisory_board_meeting_id":2001,"description":"","deleted_at":null}]},{"id":118,"advisory_board_id":21,"next_meeting":"2021-11-02 00:00:00","created_at":"2025-11-20T12:31:35.000000Z","updated_at":"2025-11-20T12:31:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 02.11.2021 \u0433.&lt;\/p&gt;","translations":[{"id":560,"locale":"bg","advisory_board_meeting_id":118,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 02.11.2021 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":561,"locale":"en","advisory_board_meeting_id":118,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 02.11.2021 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":119,"advisory_board_id":21,"next_meeting":"2022-03-28 00:00:00","created_at":"2025-11-20T12:38:41.000000Z","updated_at":"2025-11-20T12:38:41.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 28.03.2022 \u0433.&lt;\/p&gt;","translations":[{"id":562,"locale":"bg","advisory_board_meeting_id":119,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 28.03.2022 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":563,"locale":"en","advisory_board_meeting_id":119,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 28.03.2022 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":120,"advisory_board_id":21,"next_meeting":"2022-06-10 00:00:00","created_at":"2025-11-20T12:47:16.000000Z","updated_at":"2025-11-20T12:47:16.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 10.06.2022 \u0433.&lt;\/p&gt;","translations":[{"id":564,"locale":"bg","advisory_board_meeting_id":120,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 10.06.2022 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":565,"locale":"en","advisory_board_meeting_id":120,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 10.06.2022 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":121,"advisory_board_id":21,"next_meeting":"2023-02-21 00:00:00","created_at":"2025-11-20T12:50:11.000000Z","updated_at":"2025-11-20T12:50:11.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 21.02.2023 \u0433.&lt;\/p&gt;","translations":[{"id":566,"locale":"bg","advisory_board_meeting_id":121,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 21.02.2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":567,"locale":"en","advisory_board_meeting_id":121,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 21.02.2023 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":124,"advisory_board_id":21,"next_meeting":"2023-11-30 00:00:00","created_at":"2025-11-21T09:32:28.000000Z","updated_at":"2025-11-21T09:32:28.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 30.11.2023 \u0433.&lt;\/p&gt;","translations":[{"id":572,"locale":"bg","advisory_board_meeting_id":124,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 30.11.2023 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":573,"locale":"en","advisory_board_meeting_id":124,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 30.11.2023 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":125,"advisory_board_id":21,"next_meeting":"2024-02-23 00:00:00","created_at":"2025-11-21T09:34:53.000000Z","updated_at":"2025-11-21T09:34:53.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 23.02.2024 \u0433.&lt;\/p&gt;","translations":[{"id":574,"locale":"bg","advisory_board_meeting_id":125,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 23.02.2024 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":575,"locale":"en","advisory_board_meeting_id":125,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 23.02.2024 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":126,"advisory_board_id":21,"next_meeting":"2024-06-06 00:00:00","created_at":"2025-11-21T09:37:32.000000Z","updated_at":"2025-11-21T09:37:32.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 06.06.2024 \u0433.&lt;\/p&gt;","translations":[{"id":576,"locale":"bg","advisory_board_meeting_id":126,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 06.06.2024 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":577,"locale":"en","advisory_board_meeting_id":126,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 06.06.2024 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":127,"advisory_board_id":21,"next_meeting":"2024-10-24 00:00:00","created_at":"2025-11-21T09:39:30.000000Z","updated_at":"2025-11-21T09:39:30.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 24.10.2024 \u0433.&lt;\/p&gt;","translations":[{"id":578,"locale":"bg","advisory_board_meeting_id":127,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 24.10.2024 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":579,"locale":"en","advisory_board_meeting_id":127,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 24.10.2024 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":128,"advisory_board_id":21,"next_meeting":"2025-02-07 00:00:00","created_at":"2025-11-21T09:41:42.000000Z","updated_at":"2025-11-21T09:41:42.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 07.02.2025 \u0433.&lt;\/p&gt;","translations":[{"id":580,"locale":"bg","advisory_board_meeting_id":128,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 07.02.2025 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":581,"locale":"en","advisory_board_meeting_id":128,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 07.02.2025 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":129,"advisory_board_id":21,"next_meeting":"2025-06-26 00:00:00","created_at":"2025-11-21T09:47:30.000000Z","updated_at":"2025-11-21T09:47:30.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 26.06.2025 \u0433.&lt;\/p&gt;","translations":[{"id":582,"locale":"bg","advisory_board_meeting_id":129,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 26.06.2025 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":583,"locale":"en","advisory_board_meeting_id":129,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 26.06.2025 \u0433.&lt;\/p&gt;","deleted_at":null}]},{"id":130,"advisory_board_id":21,"next_meeting":"2025-10-31 00:00:00","created_at":"2025-11-21T11:39:35.000000Z","updated_at":"2025-11-21T11:39:35.000000Z","deleted_at":null,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 31.10.2025 \u0433.&lt;\/p&gt;","translations":[{"id":584,"locale":"bg","advisory_board_meeting_id":130,"description":"&lt;p&gt;\u0417\u0430\u0441\u0435\u0434\u0430\u043d\u0438\u0435 \u043d\u0430 31.10.2025 \u0433.&lt;\/p&gt;","deleted_at":null},{"id":585,"locale":"en","advisory_board_meeting_id":130,"description":"&lt;p&gt;Meeting on October 31, 2025&lt;\/p&gt;","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Консултативен съвет по корпоративна социална отговорност</t>
-  </si>
-[...1 lines deleted...]
-    <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
     <t>Неактивен</t>
   </si>
   <si>
     <t>Консултативен съвет по пенсионна реформа</t>
   </si>
   <si>
     <t>Национален консултативен съвет по професионална квалификация на работната сила</t>
   </si>
   <si>
     <t>Национален съвет за инспектиране на труда</t>
   </si>
   <si>
     <t>Национален съвет по трудова миграция</t>
   </si>
   <si>
     <t>[{"id":411,"advisory_board_id":53,"next_meeting":"2008-09-19 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":27,"locale":"bg","advisory_board_meeting_id":411,"description":"","deleted_at":null},{"id":28,"locale":"en","advisory_board_meeting_id":411,"description":"","deleted_at":null}]},{"id":412,"advisory_board_id":53,"next_meeting":"2009-01-09 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":29,"locale":"bg","advisory_board_meeting_id":412,"description":"","deleted_at":null},{"id":30,"locale":"en","advisory_board_meeting_id":412,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален управляващ съвет за ограничаване и премахване на детския труд</t>
   </si>
   <si>
     <t>Съвет за социално подпомагане</t>
   </si>
@@ -503,62 +509,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/43/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/13/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/11/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/19/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1801/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/21/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/49/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/414/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/51/view" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/43/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/13/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/11/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1801/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/21/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/49/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/414/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/51/view" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A19" sqref="A19"/>
+      <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12148.605" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
@@ -609,510 +615,477 @@
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G4">
         <v>4</v>
       </c>
       <c r="H4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G6">
         <v>4</v>
       </c>
       <c r="H6" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>19</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G8">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H8" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>19</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H9" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>19</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>19</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="I11" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>19</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H16" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="I16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>19</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>22</v>
+      </c>
+      <c r="G17">
+        <v>2</v>
       </c>
       <c r="H17" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I17" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>11</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>19</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G18">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H18" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I18" t="s">
-        <v>33</v>
-[...28 lines deleted...]
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_16"/>
-    <hyperlink ref="A19" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>