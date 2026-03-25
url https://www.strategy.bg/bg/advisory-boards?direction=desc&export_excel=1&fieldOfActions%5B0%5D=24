--- v1 (2025-12-25)
+++ v2 (2026-03-25)
@@ -12,164 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>СПРАВКА "КОНСУЛТАТИВНИ СЪВЕТИ"</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Област на политика</t>
   </si>
   <si>
     <t>Вид орган</t>
   </si>
   <si>
     <t>Акт на създаване</t>
   </si>
   <si>
     <t>Вид председател</t>
   </si>
   <si>
     <t>Представител на НПО</t>
   </si>
   <si>
     <t>Мин. бр. заседания на година</t>
   </si>
   <si>
     <t>Бр. заседания в периода</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
-    <t>Национален съвет за закрила на детето</t>
-[...5 lines deleted...]
-    <t>Държавна агенция</t>
+    <t>Консултативен съвет по корпоративна социална отговорност</t>
+  </si>
+  <si>
+    <t>Архив - Социална политика и заетост</t>
+  </si>
+  <si>
+    <t>Министерски съвет</t>
   </si>
   <si>
     <t>Постановление на Министерския съвет (на основание чл. 21 от Закона за администрацията)</t>
   </si>
   <si>
+    <t>Министър</t>
+  </si>
+  <si>
+    <t>Не</t>
+  </si>
+  <si>
+    <t>[]</t>
+  </si>
+  <si>
+    <t>Неактивен</t>
+  </si>
+  <si>
+    <t>Консултативен съвет по пенсионна реформа</t>
+  </si>
+  <si>
     <t>Председател на държавна агенция</t>
   </si>
   <si>
-    <t>Да</t>
-[...11 lines deleted...]
-    <t>Министър</t>
+    <t>Национален консултативен съвет по професионална квалификация на работната сила</t>
   </si>
   <si>
     <t>Закон</t>
-  </si>
-[...49 lines deleted...]
-    <t>Национален консултативен съвет по професионална квалификация на работната сила</t>
   </si>
   <si>
     <t>Национален съвет за инспектиране на труда</t>
   </si>
   <si>
     <t>Национален съвет по трудова миграция</t>
   </si>
   <si>
     <t>[{"id":411,"advisory_board_id":53,"next_meeting":"2008-09-19 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":27,"locale":"bg","advisory_board_meeting_id":411,"description":"","deleted_at":null},{"id":28,"locale":"en","advisory_board_meeting_id":411,"description":"","deleted_at":null}]},{"id":412,"advisory_board_id":53,"next_meeting":"2009-01-09 00:00:00","created_at":"2023-12-19T07:41:18.000000Z","updated_at":"2023-12-19T07:41:18.000000Z","deleted_at":null,"description":"","translations":[{"id":29,"locale":"bg","advisory_board_meeting_id":412,"description":"","deleted_at":null},{"id":30,"locale":"en","advisory_board_meeting_id":412,"description":"","deleted_at":null}]}]</t>
   </si>
   <si>
     <t>Национален управляващ съвет за ограничаване и премахване на детския труд</t>
   </si>
   <si>
     <t>Съвет за социално подпомагане</t>
   </si>
   <si>
     <t>Съвет по интеграция на ромите в българското общество</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -509,74 +461,74 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/31/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/43/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/13/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/11/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/201/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1101/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/1801/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/21/view" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/49/view" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/414/view" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/51/view" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/902/view" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/406/view" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/49/view" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/414/view" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/53/view" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/56/view" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/51/view" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strategy.bg/bg/advisory-boards/46/view" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I18"/>
+  <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18"/>
+      <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12148.605" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="924.774" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
@@ -597,495 +549,258 @@
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="G3">
-[...1 lines deleted...]
-      </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>19</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="H6" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="I9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>15</v>
+      </c>
+      <c r="G10">
+        <v>12</v>
       </c>
       <c r="H10" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
-      </c>
-[...212 lines deleted...]
-        <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_8"/>
-    <hyperlink ref="A11" r:id="rId_hyperlink_9"/>
-[...6 lines deleted...]
-    <hyperlink ref="A18" r:id="rId_hyperlink_16"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>